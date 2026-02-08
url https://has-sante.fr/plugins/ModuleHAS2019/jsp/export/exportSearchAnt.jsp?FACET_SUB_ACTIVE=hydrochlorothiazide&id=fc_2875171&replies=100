--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,3531 +1,763 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="671" uniqueCount="409">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="87">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Chronic symptomatic heart failure with preserved systolic function</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme with chronic symptomatic heart failure with systolic function preserved (HFPSF).</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/26/2025 17:14:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>12/12/2022 17:27:00</t>
-[...395 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2856003/fr/moducren-amiloride-chlorhydrate-d-/-timolol-maleate-de-/-hydrochlorothiazide</t>
+    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
+  </si>
+  <si>
+    <t>c_534673</t>
+  </si>
+  <si>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>MICARDIS - MICARDISPLUS (hydrochlorothiazide/ telmisartan)</t>
   </si>
   <si>
-    <t>02/08/2017 17:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983560/fr/micardis-micardisplus-hydrochlorothiazide/-telmisartan</t>
+    <t>08/02/2017 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983560/en/micardis-micardisplus-hydrochlorothiazide/-telmisartan</t>
   </si>
   <si>
     <t>pprd_2983560</t>
   </si>
   <si>
     <t>hydrochlorothiazide,telmisartan</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398997/fr/micardis-20-mg-comprime-boites-de-28</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_532214/fr/micardisplus-hydrochlorothiazide/-telmisartan</t>
+    <t>https://www.has-sante.fr/jcms/c_398997/en/micardis-20-mg-comprime-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399439/en/micardis-40mg-comprime-b/28-micardis-80mg-comprime-b/28-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523351/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710757/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788567/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777965/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322498/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532214/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
   </si>
   <si>
     <t>EXFORGE (amlodipine (bésilate d')/ hydrochlorothiazide/ valsartan)</t>
   </si>
   <si>
     <t>07/07/2017 15:46:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983573/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983573/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
   </si>
   <si>
     <t>pprd_2983573</t>
   </si>
   <si>
     <t>amlodipine (bésilate d'),hydrochlorothiazide,valsartan</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517644/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
-[...50 lines deleted...]
-    <t>zofénopril calcium/hydrochlorothiazide,zofénopril calcique,hydrochlorothiazide</t>
+    <t>https://www.has-sante.fr/jcms/c_517644/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944504/en/exforge-hct</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250041/en/exforge-hct-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670237/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779157/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>RASILEZ - RASILEZ HCT (aliskiren (hémifumarate d')/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>03/13/2017 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983775/en/rasilez-rasilez-hct-aliskiren-hemifumarate-d-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2983775</t>
+  </si>
+  <si>
+    <t>aliskiren (hémifumarate d'),hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642565/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810823/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528341/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719374/en/rasilez-hct</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719386/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733615/en/rasilez-aliskiren-rasilez-hct-aliskiren/hydrochlorothiazide-renin-inhibitor-alone-or-in-combination-with-a-diuretic</t>
+  </si>
+  <si>
+    <t>COOLMETEC (hydrochlorothiazide/ olmésartan médoxomil)</t>
+  </si>
+  <si>
+    <t>08/02/2016 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984019/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>pprd_2984019</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,olmésartan médoxomil</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400968/en/coolmetec-20-mg/12-5mg-comprimes-pellicules-b/30-code-cip-372-210-7-b/50-code-cip-567-668-2-b/90-code-cip-372-211-3-coolmetec-20-mg/25mg-comprimes-pellicules-b/30-code-cip-372-213-6-b/50-code-cip-567-669-9-b/90-code-cip-372-214-2-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962466/en/coolmetec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019667/en/coolmetec-gamme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036404/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-coolmetec-olmesartan/hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579425/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658552/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>ALTEISDUO (olmésartan médoxomil/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>08/02/2016 16:40:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984023/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984023</t>
+  </si>
+  <si>
+    <t>olmésartan médoxomil,hydrochlorothiazide</t>
   </si>
   <si>
     <t>MENARINI FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1256029/fr/zofenilduo-zofenopril-calcium/hydrochlorothiazide/-zofenopril-calcique/-hydrochlo</t>
-[...419 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2022230/fr/prinzide-hydrochlorothiazide/-lisinopril</t>
+    <t>https://www.has-sante.fr/jcms/c_400962/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962483/en/alteisduo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024734/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036407/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-alteisduo-olmesartan/hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579413/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658537/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
   </si>
   <si>
     <t>TEMERITDUO (hydrochlorothiazide/ nébivolol (chlorhydrate de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984590/fr/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
+    <t>04/01/2015 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984590/en/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984590</t>
   </si>
   <si>
     <t>hydrochlorothiazide,nébivolol (chlorhydrate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_874833/fr/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
-[...236 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400732/fr/captopril-hydrochlorothiazide-g-gam-captopril/-hydrochlorothiazide</t>
+    <t>https://www.has-sante.fr/jcms/c_874833/en/temeritduo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022090/en/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...68 lines deleted...]
-        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:R7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K2" t="s">
+        <v>26</v>
+      </c>
+      <c r="L2" t="s">
+        <v>27</v>
+      </c>
+      <c r="M2" t="s">
+        <v>28</v>
+      </c>
+      <c r="N2" t="s">
         <v>29</v>
       </c>
-      <c r="B2" t="s">
+      <c r="O2" t="s">
         <v>30</v>
       </c>
-      <c r="C2" t="s">
+      <c r="P2" t="s">
         <v>31</v>
       </c>
-      <c r="D2" t="s">
+      <c r="Q2" t="s">
         <v>32</v>
       </c>
-      <c r="E2" t="s">
+      <c r="R2" t="s">
         <v>33</v>
-      </c>
-[...145 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+      <c r="I3" t="s">
+        <v>38</v>
+      </c>
+      <c r="J3" t="s">
+        <v>39</v>
+      </c>
+      <c r="K3" t="s">
+        <v>40</v>
+      </c>
+      <c r="L3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M3" t="s">
+        <v>42</v>
+      </c>
+      <c r="N3" t="s">
+        <v>43</v>
+      </c>
+      <c r="O3" t="s">
         <v>44</v>
-      </c>
-[...22 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H4" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="I4" t="s">
         <v>49</v>
       </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>50</v>
+      </c>
+      <c r="L4" t="s">
+        <v>51</v>
+      </c>
+      <c r="M4" t="s">
+        <v>52</v>
+      </c>
+      <c r="N4" t="s">
+        <v>53</v>
+      </c>
+      <c r="O4" t="s">
+        <v>54</v>
+      </c>
+      <c r="P4" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>58</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>59</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>60</v>
       </c>
-      <c r="H5" t="s">
+      <c r="J5" t="s">
         <v>61</v>
       </c>
-      <c r="I5" t="s">
-        <v>49</v>
+      <c r="K5" t="s">
+        <v>62</v>
+      </c>
+      <c r="L5" t="s">
+        <v>63</v>
+      </c>
+      <c r="M5" t="s">
+        <v>64</v>
+      </c>
+      <c r="N5" t="s">
+        <v>65</v>
+      </c>
+      <c r="O5" t="s">
+        <v>66</v>
+      </c>
+      <c r="P5" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="H6" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="I6" t="s">
-        <v>49</v>
+        <v>72</v>
+      </c>
+      <c r="J6" t="s">
+        <v>73</v>
+      </c>
+      <c r="K6" t="s">
+        <v>74</v>
+      </c>
+      <c r="L6" t="s">
+        <v>75</v>
+      </c>
+      <c r="M6" t="s">
+        <v>76</v>
+      </c>
+      <c r="N6" t="s">
+        <v>77</v>
+      </c>
+      <c r="O6" t="s">
+        <v>78</v>
+      </c>
+      <c r="P6" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>67</v>
+        <v>81</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="H7" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="I7" t="s">
-        <v>49</v>
-[...21 lines deleted...]
-      <c r="G8" t="s">
+        <v>84</v>
+      </c>
+      <c r="J7" t="s">
         <v>73</v>
       </c>
-      <c r="H8" t="s">
-[...83 lines deleted...]
-      <c r="G11" t="s">
+      <c r="K7" t="s">
         <v>85</v>
       </c>
-      <c r="H11" t="s">
+      <c r="L7" t="s">
         <v>86</v>
-      </c>
-[...1591 lines deleted...]
-        <v>408</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>