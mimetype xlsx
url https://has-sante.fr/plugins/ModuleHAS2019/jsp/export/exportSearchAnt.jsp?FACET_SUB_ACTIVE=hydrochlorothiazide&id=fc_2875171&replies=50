--- v0 (2025-11-04)
+++ v1 (2026-02-15)
@@ -1,1396 +1,373 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="695" uniqueCount="425">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="87">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...11 lines deleted...]
-    <t>26/08/2025 17:14:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Chronic symptomatic heart failure with preserved systolic function</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme with chronic symptomatic heart failure with systolic function preserved (HFPSF).</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/26/2025 17:14:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
+    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
   </si>
   <si>
     <t>c_534673</t>
   </si>
   <si>
-    <t>Hypoparathyroïdie</t>
-[...431 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2856003/fr/moducren-amiloride-chlorhydrate-d-/-timolol-maleate-de-/-hydrochlorothiazide</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>MICARDIS - MICARDISPLUS (hydrochlorothiazide/ telmisartan)</t>
   </si>
   <si>
-    <t>02/08/2017 17:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983560/fr/micardis-micardisplus-hydrochlorothiazide/-telmisartan</t>
+    <t>08/02/2017 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983560/en/micardis-micardisplus-hydrochlorothiazide/-telmisartan</t>
   </si>
   <si>
     <t>pprd_2983560</t>
   </si>
   <si>
     <t>hydrochlorothiazide,telmisartan</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398997/fr/micardis-20-mg-comprime-boites-de-28</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_532214/fr/micardisplus-hydrochlorothiazide/-telmisartan</t>
+    <t>https://www.has-sante.fr/jcms/c_398997/en/micardis-20-mg-comprime-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399439/en/micardis-40mg-comprime-b/28-micardis-80mg-comprime-b/28-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523351/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710757/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788567/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777965/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322498/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532214/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
   </si>
   <si>
     <t>EXFORGE (amlodipine (bésilate d')/ hydrochlorothiazide/ valsartan)</t>
   </si>
   <si>
     <t>07/07/2017 15:46:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983573/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983573/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
   </si>
   <si>
     <t>pprd_2983573</t>
   </si>
   <si>
     <t>amlodipine (bésilate d'),hydrochlorothiazide,valsartan</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517644/fr/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
-[...50 lines deleted...]
-    <t>zofénopril calcium/hydrochlorothiazide,zofénopril calcique,hydrochlorothiazide</t>
+    <t>https://www.has-sante.fr/jcms/c_517644/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944504/en/exforge-hct</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250041/en/exforge-hct-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670237/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779157/en/exforge-amlodipine-besilate-d-/-hydrochlorothiazide/-valsartan</t>
+  </si>
+  <si>
+    <t>RASILEZ - RASILEZ HCT (aliskiren (hémifumarate d')/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>03/13/2017 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983775/en/rasilez-rasilez-hct-aliskiren-hemifumarate-d-/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2983775</t>
+  </si>
+  <si>
+    <t>aliskiren (hémifumarate d'),hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642565/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810823/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528341/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719374/en/rasilez-hct</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719386/en/rasilez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733615/en/rasilez-aliskiren-rasilez-hct-aliskiren/hydrochlorothiazide-renin-inhibitor-alone-or-in-combination-with-a-diuretic</t>
+  </si>
+  <si>
+    <t>COOLMETEC (hydrochlorothiazide/ olmésartan médoxomil)</t>
+  </si>
+  <si>
+    <t>08/02/2016 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984019/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>pprd_2984019</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,olmésartan médoxomil</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400968/en/coolmetec-20-mg/12-5mg-comprimes-pellicules-b/30-code-cip-372-210-7-b/50-code-cip-567-668-2-b/90-code-cip-372-211-3-coolmetec-20-mg/25mg-comprimes-pellicules-b/30-code-cip-372-213-6-b/50-code-cip-567-669-9-b/90-code-cip-372-214-2-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962466/en/coolmetec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019667/en/coolmetec-gamme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036404/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-coolmetec-olmesartan/hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579425/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658552/en/coolmetec-hydrochlorothiazide/-olmesartan-medoxomil</t>
+  </si>
+  <si>
+    <t>ALTEISDUO (olmésartan médoxomil/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>08/02/2016 16:40:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984023/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984023</t>
+  </si>
+  <si>
+    <t>olmésartan médoxomil,hydrochlorothiazide</t>
   </si>
   <si>
     <t>MENARINI FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1256029/fr/zofenilduo-zofenopril-calcium/hydrochlorothiazide/-zofenopril-calcique/-hydrochlo</t>
-[...419 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2022230/fr/prinzide-hydrochlorothiazide/-lisinopril</t>
+    <t>https://www.has-sante.fr/jcms/c_400962/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962483/en/alteisduo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024734/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036407/en/proprietary-medicinal-products-based-on-olmesartan-angiotensin-ii-antagonists-alteisduo-olmesartan/hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579413/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658537/en/alteisduo-olmesartan-medoxomil/-hydrochlorothiazide</t>
   </si>
   <si>
     <t>TEMERITDUO (hydrochlorothiazide/ nébivolol (chlorhydrate de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984590/fr/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
+    <t>04/01/2015 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984590/en/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984590</t>
   </si>
   <si>
     <t>hydrochlorothiazide,nébivolol (chlorhydrate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_874833/fr/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
-[...236 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400732/fr/captopril-hydrochlorothiazide-g-gam-captopril/-hydrochlorothiazide</t>
+    <t>https://www.has-sante.fr/jcms/c_874833/en/temeritduo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022090/en/temeritduo-hydrochlorothiazide/-nebivolol-chlorhydrate-de</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1404,2254 +381,383 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...154 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:R7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>50</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>51</v>
-[...134 lines deleted...]
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>65</v>
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K2" t="s">
+        <v>26</v>
+      </c>
+      <c r="L2" t="s">
+        <v>27</v>
+      </c>
+      <c r="M2" t="s">
+        <v>28</v>
+      </c>
+      <c r="N2" t="s">
+        <v>29</v>
+      </c>
+      <c r="O2" t="s">
+        <v>30</v>
+      </c>
+      <c r="P2" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>32</v>
+      </c>
+      <c r="R2" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="H3" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="I3" t="s">
-        <v>65</v>
+        <v>38</v>
+      </c>
+      <c r="J3" t="s">
+        <v>39</v>
+      </c>
+      <c r="K3" t="s">
+        <v>40</v>
+      </c>
+      <c r="L3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M3" t="s">
+        <v>42</v>
+      </c>
+      <c r="N3" t="s">
+        <v>43</v>
+      </c>
+      <c r="O3" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="H4" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="I4" t="s">
-        <v>65</v>
+        <v>49</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>50</v>
+      </c>
+      <c r="L4" t="s">
+        <v>51</v>
+      </c>
+      <c r="M4" t="s">
+        <v>52</v>
+      </c>
+      <c r="N4" t="s">
+        <v>53</v>
+      </c>
+      <c r="O4" t="s">
+        <v>54</v>
+      </c>
+      <c r="P4" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I5" t="s">
         <v>60</v>
       </c>
-      <c r="B5" t="s">
-[...20 lines deleted...]
-      <c r="I5" t="s">
+      <c r="J5" t="s">
+        <v>61</v>
+      </c>
+      <c r="K5" t="s">
+        <v>62</v>
+      </c>
+      <c r="L5" t="s">
+        <v>63</v>
+      </c>
+      <c r="M5" t="s">
+        <v>64</v>
+      </c>
+      <c r="N5" t="s">
         <v>65</v>
+      </c>
+      <c r="O5" t="s">
+        <v>66</v>
+      </c>
+      <c r="P5" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="B6" t="s">
+        <v>68</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>69</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I6" t="s">
+        <v>72</v>
+      </c>
+      <c r="J6" t="s">
+        <v>73</v>
+      </c>
+      <c r="K6" t="s">
+        <v>74</v>
+      </c>
+      <c r="L6" t="s">
+        <v>75</v>
+      </c>
+      <c r="M6" t="s">
+        <v>76</v>
+      </c>
+      <c r="N6" t="s">
+        <v>77</v>
+      </c>
+      <c r="O6" t="s">
         <v>78</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="P6" t="s">
         <v>79</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>81</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>82</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>83</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="I7" t="s">
         <v>84</v>
       </c>
-      <c r="H7" t="s">
+      <c r="J7" t="s">
+        <v>73</v>
+      </c>
+      <c r="K7" t="s">
         <v>85</v>
       </c>
-      <c r="I7" t="s">
-[...7 lines deleted...]
-      <c r="B8" t="s">
+      <c r="L7" t="s">
         <v>86</v>
-      </c>
-[...1696 lines deleted...]
-        <v>424</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>