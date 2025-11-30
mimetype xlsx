--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,83 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
-    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
-    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="531" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="547" uniqueCount="328">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -774,50 +777,68 @@
     <t>12/02/2014 18:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1723927/fr/commission-de-la-transparence-reunion-du-19-fevrier-2014</t>
   </si>
   <si>
     <t>c_1723927</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
     <t>AVIS N° 2016.0025/AC/SEM du 16 mars 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
   </si>
   <si>
     <t>16/03/2016 10:55:00</t>
   </si>
   <si>
     <t>29/03/2016 13:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2620216/fr/avis-n-2016-0025/ac/sem-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
   </si>
   <si>
     <t>c_2620216</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Vaccination contre la grippe saisonnière des personnes de 65 ans et plus. Place des vaccins Efluelda et Fluad</t>
   </si>
   <si>
     <t>La HAS émet une recommandation d’utilisation préférentielle des vaccins Efluelda et Fluad chez les personnes de 65 ans et plus par rapport aux vaccins à dose standard disponibles dans cette population, dans le cadre de la stratégie vaccinale française vis-à-vis de la grippe saisonnière. La HAS positionne de manière équivalente les vaccins adjuvantés et hautement dosés.</t>
   </si>
   <si>
     <t>10/04/2025 00:00:00</t>
   </si>
   <si>
     <t>09/05/2025 11:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604446/fr/vaccination-contre-la-grippe-saisonniere-des-personnes-de-65-ans-et-plus-place-des-vaccins-efluelda-et-fluad</t>
   </si>
   <si>
     <t>p_3604446</t>
   </si>
   <si>
     <t>Utilisation du vaccin Fluad Tetra dans la stratégie de vaccination contre la grippe saisonnière chez les personnes de 65 ans et plus</t>
   </si>
@@ -1044,51 +1065,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1109,50 +1130,357 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>266</v>
+      </c>
+      <c r="J1" t="s">
+        <v>267</v>
+      </c>
+      <c r="K1" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>269</v>
+      </c>
+      <c r="B2" t="s">
+        <v>270</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>271</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>272</v>
+      </c>
+      <c r="H2" t="s">
+        <v>273</v>
+      </c>
+      <c r="I2" t="s">
+        <v>274</v>
+      </c>
+      <c r="J2" t="s">
+        <v>275</v>
+      </c>
+      <c r="K2" t="s">
+        <v>276</v>
+      </c>
+      <c r="L2" t="s">
+        <v>277</v>
+      </c>
+      <c r="M2" t="s">
+        <v>278</v>
+      </c>
+      <c r="N2" t="s">
+        <v>279</v>
+      </c>
+      <c r="O2" t="s">
+        <v>280</v>
+      </c>
+      <c r="P2" t="s">
+        <v>281</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>282</v>
+      </c>
+      <c r="R2" t="s">
+        <v>283</v>
+      </c>
+      <c r="S2" t="s">
+        <v>284</v>
+      </c>
+      <c r="T2" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>269</v>
+      </c>
+      <c r="B3" t="s">
+        <v>286</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>287</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>288</v>
+      </c>
+      <c r="H3" t="s">
+        <v>289</v>
+      </c>
+      <c r="I3" t="s">
+        <v>290</v>
+      </c>
+      <c r="J3" t="s">
+        <v>291</v>
+      </c>
+      <c r="K3" t="s">
+        <v>292</v>
+      </c>
+      <c r="L3" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>269</v>
+      </c>
+      <c r="B4" t="s">
+        <v>294</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>295</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>296</v>
+      </c>
+      <c r="H4" t="s">
+        <v>297</v>
+      </c>
+      <c r="I4" t="s">
+        <v>298</v>
+      </c>
+      <c r="J4" t="s">
+        <v>299</v>
+      </c>
+      <c r="K4" t="s">
+        <v>300</v>
+      </c>
+      <c r="L4" t="s">
+        <v>301</v>
+      </c>
+      <c r="M4" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>269</v>
+      </c>
+      <c r="B5" t="s">
+        <v>303</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>304</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>305</v>
+      </c>
+      <c r="H5" t="s">
+        <v>306</v>
+      </c>
+      <c r="I5" t="s">
+        <v>307</v>
+      </c>
+      <c r="J5" t="s">
+        <v>308</v>
+      </c>
+      <c r="K5" t="s">
+        <v>309</v>
+      </c>
+      <c r="L5" t="s">
+        <v>310</v>
+      </c>
+      <c r="M5" t="s">
+        <v>311</v>
+      </c>
+      <c r="N5" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>269</v>
+      </c>
+      <c r="B6" t="s">
+        <v>313</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>314</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>315</v>
+      </c>
+      <c r="H6" t="s">
+        <v>316</v>
+      </c>
+      <c r="I6" t="s">
+        <v>317</v>
+      </c>
+      <c r="J6" t="s">
+        <v>318</v>
+      </c>
+      <c r="K6" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>269</v>
+      </c>
+      <c r="B7" t="s">
+        <v>320</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>321</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>322</v>
+      </c>
+      <c r="H7" t="s">
+        <v>323</v>
+      </c>
+      <c r="I7" t="s">
+        <v>324</v>
+      </c>
+      <c r="J7" t="s">
+        <v>325</v>
+      </c>
+      <c r="K7" t="s">
+        <v>326</v>
+      </c>
+      <c r="L7" t="s">
+        <v>327</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -2491,434 +2819,193 @@
       </c>
       <c r="D2" t="s">
         <v>243</v>
       </c>
       <c r="E2" t="s">
         <v>244</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>245</v>
       </c>
       <c r="H2" t="s">
         <v>246</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>247</v>
+      </c>
+      <c r="B2" t="s">
+        <v>248</v>
+      </c>
+      <c r="C2" t="s">
+        <v>249</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>250</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>251</v>
+      </c>
+      <c r="H2" t="s">
+        <v>252</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="B2" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="C2" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="D2" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="E2" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="H2" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="B3" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="C3" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="D3" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="E3" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="H3" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...305 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>