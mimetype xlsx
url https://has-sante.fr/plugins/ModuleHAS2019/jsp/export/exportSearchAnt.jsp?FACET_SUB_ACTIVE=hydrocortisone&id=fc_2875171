--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -1,1115 +1,332 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="547" uniqueCount="328">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="74">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>03/04/2023 09:25:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3312383/fr/actualisation-des-recommandations-de-bonne-pratique-et-des-parcours-de-soins</t>
-[...131 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...353 lines deleted...]
-    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>23/12/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
   <si>
-    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Utilité clinique du dosage de la vitamine B1</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Dispositifs de Compression/Contention médicale à usage individuel - Utilisation en Orthopédie/Rhumatologie/Traumatologie</t>
-[...5 lines deleted...]
-    <t>01/10/2012 00:00:00</t>
+    <t>Summary - Tubular Orthoses and Bandages used in orthopaedics/degenerative rheumatology/traumatology</t>
+  </si>
+  <si>
+    <t>To assess the therapeutic benefit of tubular orthoses and bandages for use in orthopaedics/traumatology/rheumatology, taking account of the therapeutic effect/undesirable effect ratio of these products, their place in therapeutic strategy and their public health benefit. Finally, this assessment aims to set out guidelines on their indications with a view to reimbursement, specifying procedures for their use and prescription if appropriate.</t>
+  </si>
+  <si>
+    <t>10/01/2012 00:00:00</t>
   </si>
   <si>
     <t>10/10/2012 11:15:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1318289/fr/dispositifs-de-compression/contention-medicale-a-usage-individuel-utilisation-en-orthopedie/rhumatologie/traumatologie</t>
+    <t>https://www.has-sante.fr/jcms/c_1318289/en/summary-tubular-orthoses-and-bandages-used-in-orthopaedics/degenerative-rheumatology/traumatology</t>
   </si>
   <si>
     <t>c_1318289</t>
   </si>
   <si>
-    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
-[...167 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>HYDROCORTISONE (hydrocortisone/hydrocortisone hémisuccinate sel de sodium/succinate sodique d’hydrocortisone)</t>
   </si>
   <si>
-    <t>17/05/2024 09:21:42</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982851/fr/hydrocortisone-hydrocortisone/hydrocortisone-hemisuccinate-sel-de-sodium/succinate-sodique-d-hydrocortisone</t>
+    <t>05/17/2024 09:21:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982851/en/hydrocortisone-hydrocortisone/hydrocortisone-hemisuccinate-sel-de-sodium/succinate-sodique-d-hydrocortisone</t>
   </si>
   <si>
     <t>pprd_2982851</t>
   </si>
   <si>
     <t>hydrocortisone,hydrocortisone hémisuccinate sel de sodium,succinate sodique d’hydrocortisone</t>
   </si>
   <si>
     <t>BIOCODEX/ LEURQUIN MEDIOLANUM/ PANPHARMA/ SANOFI-AVENTIS FRANCE/ SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398962/fr/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
-[...107 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2721641/fr/efficort-lipophile-hydrophile-aceponate-d-hydrocortisone</t>
+    <t>https://www.has-sante.fr/jcms/c_398962/en/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460058/en/hydrocortisone-leurquin-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724544/en/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970615/en/hydrocortisone-upjohn-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670234/en/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023184/en/hydrocortisone-upjohn-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608656/en/hydrocortisone-biocodex-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796794/en/hydrocortisone-panpharma-hydrocortisone-hemisuccinate-sel-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908463/en/hydrocortisone-roussel-hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516789/en/hydrocortisone-pharmis-hydrocortisone-sodium-succinate-corticosteroid</t>
   </si>
   <si>
     <t>PLENADREN (hydrocortisone)</t>
   </si>
   <si>
     <t>06/06/2014 10:48:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984798/fr/plenadren-hydrocortisone</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984798/en/plenadren-hydrocortisone</t>
   </si>
   <si>
     <t>pprd_2984798</t>
   </si>
   <si>
     <t>hydrocortisone</t>
   </si>
   <si>
     <t>VIROPHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1730846/fr/plenadren-hydrocortisone-corticoide</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1241680/fr/bacicoline-a-la-bacitracine-bacitracine/-colistine/-hydrocortisone</t>
+    <t>https://www.has-sante.fr/jcms/c_1730846/en/plenadren</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1134,1878 +351,353 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T7"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>269</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>270</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>271</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>272</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>273</v>
-[...35 lines deleted...]
-        <v>285</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>269</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>286</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>287</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>288</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>289</v>
-[...11 lines deleted...]
-        <v>293</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>269</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>294</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>295</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>296</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>297</v>
-[...14 lines deleted...]
-        <v>302</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>269</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>303</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>304</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>305</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>306</v>
-[...17 lines deleted...]
-        <v>312</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>269</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>313</v>
+        <v>41</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="E6" t="s">
-        <v>314</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>315</v>
+        <v>45</v>
       </c>
       <c r="H6" t="s">
-        <v>316</v>
-[...46 lines deleted...]
-        <v>327</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:T3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>47</v>
+      </c>
+      <c r="J1" t="s">
+        <v>48</v>
+      </c>
+      <c r="K1" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>51</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
-[...65 lines deleted...]
-        <v>29</v>
+        <v>54</v>
+      </c>
+      <c r="I2" t="s">
+        <v>55</v>
+      </c>
+      <c r="J2" t="s">
+        <v>56</v>
+      </c>
+      <c r="K2" t="s">
+        <v>57</v>
+      </c>
+      <c r="L2" t="s">
+        <v>58</v>
+      </c>
+      <c r="M2" t="s">
+        <v>59</v>
+      </c>
+      <c r="N2" t="s">
+        <v>60</v>
+      </c>
+      <c r="O2" t="s">
+        <v>61</v>
+      </c>
+      <c r="P2" t="s">
+        <v>62</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>63</v>
+      </c>
+      <c r="R2" t="s">
+        <v>64</v>
+      </c>
+      <c r="S2" t="s">
+        <v>65</v>
+      </c>
+      <c r="T2" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
-[...195 lines deleted...]
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>68</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>69</v>
       </c>
       <c r="H3" t="s">
         <v>70</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="I3" t="s">
         <v>71</v>
       </c>
-      <c r="C4" t="s">
+      <c r="J3" t="s">
         <v>72</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K3" t="s">
         <v>73</v>
       </c>
-      <c r="F4" t="s">
-[...527 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...633 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>