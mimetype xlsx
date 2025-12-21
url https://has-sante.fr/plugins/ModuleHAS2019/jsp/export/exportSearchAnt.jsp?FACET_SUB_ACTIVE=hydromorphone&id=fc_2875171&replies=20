--- v0 (2025-10-06)
+++ v1 (2025-12-21)
@@ -1,295 +1,1432 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide usagers" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="141">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SYNCHROMED II</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>27/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2008 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667035/fr/synchromed-ii</t>
+  </si>
+  <si>
+    <t>c_667035</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France SAS</t>
+  </si>
+  <si>
+    <t>ARCHIMEDES</t>
+  </si>
+  <si>
+    <t>29/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2008 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667031/fr/archimedes</t>
+  </si>
+  <si>
+    <t>c_667031</t>
+  </si>
+  <si>
+    <t>CODMAN (France)</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>Parcours de soins d’une personne ayant une maladie chronique en phase palliative – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note de cadrage présente le projet de la HAS visant à proposer des outils facilitant le parcours des personnes ayant une maladie chronique en phase palliative. Ce projet s’inscrit dans une approche transversale qui consiste à développer des outils communs à toutes les maladies chroniques pour compléter la démarche parcours de soins par maladie.</t>
+  </si>
+  <si>
+    <t>30/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>20/09/2013 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638933/fr/parcours-de-soins-d-une-personne-ayant-une-maladie-chronique-en-phase-palliative-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1638933</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Opioïdes : prévenir le risque de surdose</t>
+  </si>
+  <si>
+    <t>Bon usage des opioïdes : la HAS publie 2 documents d’information à destination des patients pour prévenir le risque de surdose d'opioïdes. Elles visent à informer d'une part les personnes souffrant de douleurs chroniques et d'autre part les usagers de drogues à qui sont prescrits des médicaments opioïdes.</t>
+  </si>
+  <si>
+    <t>06/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2023 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425923/fr/opioides-prevenir-le-risque-de-surdose</t>
+  </si>
+  <si>
+    <t>p_3425923</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Les médicaments des accès douloureux paroxystiques du cancer</t>
+  </si>
+  <si>
+    <t>Les accès douloureux paroxystiques (ADP) du cancer justifient l’utilisation de morphiniques d’action rapide par voie transmuqueuse. Six médicaments sont actuellement disponibles dans cette indication. Tous ont le fentanyl pour principe actif, mais les formes galéniques diffèrent.</t>
+  </si>
+  <si>
+    <t>07/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439696/fr/les-medicaments-des-acces-douloureux-paroxystiques-du-cancer</t>
+  </si>
+  <si>
+    <t>r_1439696</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 31 janvier 2024</t>
+  </si>
+  <si>
+    <t>24/01/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490814/fr/commission-de-la-transparence-reunion-du-31-janvier-2024</t>
+  </si>
+  <si>
+    <t>p_3490814</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2013</t>
+  </si>
+  <si>
+    <t>26/06/2013 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603005/fr/commission-de-la-transparence-reunion-du-26-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1603005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2013</t>
+  </si>
+  <si>
+    <t>12/06/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600312/fr/commission-de-la-transparence-reunion-du-12-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1600312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 février 2011</t>
+  </si>
+  <si>
+    <t>02/02/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021670/fr/commission-de-la-transparence-reunion-du-2-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1021670</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2009</t>
+  </si>
+  <si>
+    <t>21/10/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866337/fr/commission-de-la-transparence-reunion-du-21-octobre-2009</t>
+  </si>
+  <si>
+    <t>c_866337</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>HYDAGELAN (hydromorphone)</t>
+  </si>
+  <si>
+    <t>04/03/2024 09:09:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498630/fr/hydagelan-hydromorphone</t>
+  </si>
+  <si>
+    <t>p_3498630</t>
+  </si>
+  <si>
+    <t>hydromorphone</t>
+  </si>
+  <si>
+    <t>G.L. PHARMA GMBH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3496898/fr/hydagelan-hydromorphone-douleurs</t>
+  </si>
+  <si>
+    <t>SOPHIDONE (chlorhydrate d'hydromorphone)</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983262/fr/sophidone-chlorhydrate-d-hydromorphone</t>
+  </si>
+  <si>
+    <t>pprd_2983262</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'hydromorphone</t>
+  </si>
+  <si>
+    <t>MUNDIPHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399517/fr/sophidone-chlorhydrate-d-hydromorphone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574625/fr/sophidone-chlorhydrate-d-hydromorphone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711885/fr/sophidone-lp-chlorhydrate-d-hydromorphone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853755/fr/sophidone-chlorhydrate-d-hydromorphone</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>22</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
-[...9 lines deleted...]
-        <v>27</v>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" t="s">
+        <v>67</v>
+      </c>
+      <c r="D3" t="s">
+        <v>68</v>
+      </c>
+      <c r="E3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>60</v>
+      </c>
+      <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>83</v>
+      </c>
+      <c r="H2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>90</v>
+      </c>
+      <c r="H2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D3" t="s">
+        <v>94</v>
+      </c>
+      <c r="E3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>96</v>
+      </c>
+      <c r="H3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>102</v>
+      </c>
+      <c r="H2" t="s">
+        <v>103</v>
+      </c>
+      <c r="I2" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>107</v>
+      </c>
+      <c r="H3" t="s">
+        <v>108</v>
+      </c>
+      <c r="I3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>110</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>111</v>
+      </c>
+      <c r="H4" t="s">
+        <v>112</v>
+      </c>
+      <c r="I4" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>99</v>
+      </c>
+      <c r="B5" t="s">
+        <v>113</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>114</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>115</v>
+      </c>
+      <c r="H5" t="s">
+        <v>116</v>
+      </c>
+      <c r="I5" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>99</v>
+      </c>
+      <c r="B6" t="s">
+        <v>117</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>119</v>
+      </c>
+      <c r="H6" t="s">
+        <v>120</v>
+      </c>
+      <c r="I6" t="s">
+        <v>104</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>121</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>125</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>126</v>
+      </c>
+      <c r="H2" t="s">
+        <v>127</v>
+      </c>
+      <c r="I2" t="s">
+        <v>128</v>
+      </c>
+      <c r="J2" t="s">
+        <v>129</v>
+      </c>
+      <c r="K2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>133</v>
+      </c>
+      <c r="H3" t="s">
+        <v>134</v>
+      </c>
+      <c r="I3" t="s">
+        <v>135</v>
+      </c>
+      <c r="J3" t="s">
+        <v>136</v>
+      </c>
+      <c r="K3" t="s">
+        <v>137</v>
+      </c>
+      <c r="L3" t="s">
+        <v>138</v>
+      </c>
+      <c r="M3" t="s">
+        <v>139</v>
+      </c>
+      <c r="N3" t="s">
+        <v>140</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>