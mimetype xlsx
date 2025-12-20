--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -1,237 +1,1556 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="154">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant un canal atrioventriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un canal atrioventriculaire (CAV). Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319066/fr/prise-en-charge-des-patients-ayant-un-canal-atrioventriculaire</t>
+  </si>
+  <si>
+    <t>p_3319066</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Transfusions de globules rouges homologues : produits, indications, alternatives</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation de bonne pratique est d’améliorer la qualité de la prise en charge des patients en aidant les professionnels, dans le cadre de leur prescription transfusion de globules rouges et dans le suivi des malades transfusés, et en harmonisant les pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>26/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/02/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1349939/fr/transfusions-de-globules-rouges-homologues-produits-indications-alternatives</t>
+  </si>
+  <si>
+    <t>c_1349939</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 août 2024</t>
+  </si>
+  <si>
+    <t>23/08/2024 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537446/fr/commission-de-la-transparence-reunion-du-28-aout-2024</t>
+  </si>
+  <si>
+    <t>p_3537446</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 11 juillet 2024</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530157/fr/pv-college-deliberatif-du-11-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3530157</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juillet 2024</t>
+  </si>
+  <si>
+    <t>10/07/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529998/fr/commission-de-la-transparence-reunion-du-17-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3529998</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2024</t>
+  </si>
+  <si>
+    <t>19/06/2024 13:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525360/fr/commission-de-la-transparence-reunion-du-26-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3525360</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 5 mai 2021</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263613/fr/commission-de-la-transparence-reunion-a-distance-du-5-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3263613</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 mai 2018</t>
+  </si>
+  <si>
+    <t>23/05/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2850532/fr/commission-de-la-transparence-reunion-du-30-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2850532</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mai 2018</t>
+  </si>
+  <si>
+    <t>09/05/2018 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849071/fr/commission-de-la-transparence-reunion-du-16-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2849071</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 novembre 2014</t>
+  </si>
+  <si>
+    <t>14/11/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774828/fr/commission-de-la-transparence-reunion-du-19-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1774828</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2011</t>
+  </si>
+  <si>
+    <t>11/05/2011 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1052758/fr/commission-de-la-transparence-reunion-du-11-mai-2011</t>
+  </si>
+  <si>
+    <t>c_1052758</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 novembre 2007</t>
+  </si>
+  <si>
+    <t>07/11/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601597/fr/commission-de-la-transparence-reunion-du-7-novembre-2007</t>
+  </si>
+  <si>
+    <t>c_601597</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 octobre 2007</t>
+  </si>
+  <si>
+    <t>10/10/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592918/fr/commission-de-la-transparence-reunion-du-10-octobre-2007</t>
+  </si>
+  <si>
+    <t>c_592918</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0187/DC/SEM du 11 juillet 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité CASGEVY (exagamglogene autotemcel)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité CASGEVY (exagamglogene autotemcel) dans l'indication « « traitement de la drépanocytose sévère uniquement chez les patients âgés de 12 à 35 ans présentant des crises vaso occlusives récurrentes (CVO) malgré un traitement bien conduit par hydroxycarbamide éligibles à une greffe de cellules souches hématopoïétiques (CSH) et pour lesquels un donneur apparenté HLA (antigène leucocytaire humain) compatible n'est pas disponible et dont la sévérité de la maladie est établie par : la mise en place d'un programme transfusionnel depuis au moins 6 mois pour épisodes vaso-occlusifs récurrents (population pédiatrique et adulte), ET/OU, pour la population adulte seulement, la persistance d'épisodes vaso-occlusifs récurrents ayant nécessité une hospitalisation conventionnelle dans l'année (≥ 2 épisodes/an ou ≥ 1 épisode/an ayant nécessité une transfusion) ».</t>
+  </si>
+  <si>
+    <t>11/07/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>25/07/2024 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534443/fr/decision-n-2024-0187/dc/sem-du-11-juillet-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-casgevy-exagamglogene-autotemcel</t>
+  </si>
+  <si>
+    <t>p_3534443</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>SIKLOS (hydroxycarbamide)</t>
+  </si>
+  <si>
+    <t>09/09/2024 16:58:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983260/fr/siklos-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>pprd_2983260</t>
+  </si>
+  <si>
+    <t>hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>THERAVIA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_627641/fr/siklos-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064176/fr/siklos-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854134/fr/siklos-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538948/fr/siklos-hydroxycarbamide-drepanocytose</t>
   </si>
   <si>
     <t>XROMI (hydroxycarbamide)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3260611/en/xromi-hydroxycarbamide</t>
+    <t>09/04/2021 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260611/fr/xromi-hydroxycarbamide</t>
   </si>
   <si>
     <t>p_3260611</t>
   </si>
   <si>
-    <t>hydroxycarbamide</t>
-[...1 lines deleted...]
-  <si>
     <t>LUCANE PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3260466/en/xromi-hydroxycarbamide</t>
+    <t>https://www.has-sante.fr/jcms/p_3260466/fr/xromi-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>HYDREA (hydroxycarbamide)</t>
+  </si>
+  <si>
+    <t>02/08/2016 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984022/fr/hydrea-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>pprd_2984022</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400865/fr/hydrea-500-mg-gelule-boite-de-20-gelules-305-126-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658543/fr/hydrea-hydroxycarbamide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>48</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B2" t="s">
+        <v>63</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>68</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H2" t="s">
+        <v>74</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>75</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>78</v>
+      </c>
+      <c r="H3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I3" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>81</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>82</v>
+      </c>
+      <c r="H4" t="s">
+        <v>83</v>
+      </c>
+      <c r="I4" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>85</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>86</v>
+      </c>
+      <c r="H5" t="s">
+        <v>87</v>
+      </c>
+      <c r="I5" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>70</v>
+      </c>
+      <c r="B6" t="s">
+        <v>88</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>89</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>90</v>
+      </c>
+      <c r="H6" t="s">
+        <v>91</v>
+      </c>
+      <c r="I6" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>92</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>93</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>94</v>
+      </c>
+      <c r="H7" t="s">
+        <v>95</v>
+      </c>
+      <c r="I7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>96</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>97</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>98</v>
+      </c>
+      <c r="H8" t="s">
+        <v>99</v>
+      </c>
+      <c r="I8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>100</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>101</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>102</v>
+      </c>
+      <c r="H9" t="s">
+        <v>103</v>
+      </c>
+      <c r="I9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>104</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>105</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>106</v>
+      </c>
+      <c r="H10" t="s">
+        <v>107</v>
+      </c>
+      <c r="I10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>108</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>109</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>110</v>
+      </c>
+      <c r="H11" t="s">
+        <v>111</v>
+      </c>
+      <c r="I11" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>70</v>
+      </c>
+      <c r="B12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>113</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>114</v>
+      </c>
+      <c r="H12" t="s">
+        <v>115</v>
+      </c>
+      <c r="I12" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
+        <v>116</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>117</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>118</v>
+      </c>
+      <c r="H13" t="s">
+        <v>119</v>
+      </c>
+      <c r="I13" t="s">
+        <v>75</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>125</v>
+      </c>
+      <c r="H2" t="s">
+        <v>126</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>127</v>
+      </c>
+      <c r="J1" t="s">
+        <v>128</v>
+      </c>
+      <c r="K1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>132</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>133</v>
+      </c>
+      <c r="H2" t="s">
+        <v>134</v>
+      </c>
+      <c r="I2" t="s">
+        <v>135</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>136</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>137</v>
+      </c>
+      <c r="L2" t="s">
+        <v>138</v>
+      </c>
+      <c r="M2" t="s">
+        <v>139</v>
+      </c>
+      <c r="N2" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B3" t="s">
+        <v>141</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>142</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>143</v>
+      </c>
+      <c r="H3" t="s">
+        <v>144</v>
+      </c>
+      <c r="I3" t="s">
+        <v>135</v>
+      </c>
+      <c r="J3" t="s">
+        <v>145</v>
+      </c>
+      <c r="K3" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>130</v>
+      </c>
+      <c r="B4" t="s">
+        <v>147</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>148</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>149</v>
+      </c>
+      <c r="H4" t="s">
+        <v>150</v>
+      </c>
+      <c r="I4" t="s">
+        <v>135</v>
+      </c>
+      <c r="J4" t="s">
+        <v>151</v>
+      </c>
+      <c r="K4" t="s">
+        <v>152</v>
+      </c>
+      <c r="L4" t="s">
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>