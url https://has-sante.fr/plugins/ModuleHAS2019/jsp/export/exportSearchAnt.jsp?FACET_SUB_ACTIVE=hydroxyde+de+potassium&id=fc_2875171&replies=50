--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -9,149 +9,185 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/08/2020 16:50:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +201,95 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>