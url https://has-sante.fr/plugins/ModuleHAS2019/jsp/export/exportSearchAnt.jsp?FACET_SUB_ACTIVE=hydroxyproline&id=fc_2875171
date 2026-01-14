--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,254 +1,630 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="56">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ORAL IMPACT</t>
+  </si>
+  <si>
+    <t>ADDFMS pour nutrition orale</t>
+  </si>
+  <si>
+    <t>09/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2016 10:43:59</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607808/fr/oral-impact</t>
+  </si>
+  <si>
+    <t>c_2607808</t>
+  </si>
+  <si>
+    <t>NESTLE CLINICAL NUTRITION FRANCE</t>
+  </si>
+  <si>
+    <t>IMPACT ENTERAL - 13 juillet 2010 (2641) avis</t>
+  </si>
+  <si>
+    <t>13/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2010 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973418/fr/impact-enteral-13-juillet-2010-2641-avis</t>
+  </si>
+  <si>
+    <t>c_973418</t>
+  </si>
+  <si>
+    <t>NESTLE Clinical Nutrition France SAS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hyperoxalurie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hyperoxalurie. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403890/fr/hyperoxalurie</t>
+  </si>
+  <si>
+    <t>p_3403890</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Critères diagnostiques et bilan initial de la cirrhose non compliquée</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d'améliorer le diagnostic de la cirrhose non compliquée, afin d’en traiter la cause et les éventuelles comorbidités, et de prévenir ses complications.</t>
+  </si>
+  <si>
+    <t>19/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D2" t="s">
+        <v>52</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>