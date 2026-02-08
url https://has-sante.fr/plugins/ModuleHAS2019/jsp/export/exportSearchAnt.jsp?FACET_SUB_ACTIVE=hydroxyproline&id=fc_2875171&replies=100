--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,630 +1,254 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>09/03/2016 10:43:59</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2607808/fr/oral-impact</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis of uncomplicated cirrhosis</t>
+  </si>
+  <si>
+    <t>The World Health Organisation defines cirrhosis as a diffuse process characterised by fibrosis and the conversion of normal liver architecture into structurally abnormal nodules. The following guidelines concern uncomplicated cirrhosis only, i.e. the stage of the disease when patients have few or no symptoms.</t>
+  </si>
+  <si>
+    <t>12/19/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...73 lines deleted...]
-        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...182 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>