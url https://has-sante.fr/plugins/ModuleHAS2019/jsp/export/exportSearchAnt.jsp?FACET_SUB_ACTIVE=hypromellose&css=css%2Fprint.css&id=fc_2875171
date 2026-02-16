--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,237 +1,1755 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="334" uniqueCount="182">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>OPTIVE FUSION</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2021 12:34:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301125/fr/optive-fusion</t>
+  </si>
+  <si>
+    <t>p_3301125</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE</t>
+  </si>
+  <si>
+    <t>OPTIVE ADVANCE</t>
+  </si>
+  <si>
+    <t>19/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>05/11/2021 17:34:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296404/fr/optive-advance</t>
+  </si>
+  <si>
+    <t>p_3296404</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique topique</t>
+  </si>
+  <si>
+    <t>ELIXYA</t>
+  </si>
+  <si>
+    <t>25/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2021 12:02:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289353/fr/elixya</t>
+  </si>
+  <si>
+    <t>p_3289353</t>
+  </si>
+  <si>
+    <t>LABORATOIRE CHAUVIN</t>
+  </si>
+  <si>
+    <t>OPTIVE</t>
+  </si>
+  <si>
+    <t>22/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:49:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280990/fr/optive</t>
+  </si>
+  <si>
+    <t>p_3280990</t>
+  </si>
+  <si>
+    <t>THEALOSE</t>
+  </si>
+  <si>
+    <t>13/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:21:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267490/fr/thealose</t>
+  </si>
+  <si>
+    <t>p_3267490</t>
+  </si>
+  <si>
+    <t>THEA PHARMA</t>
+  </si>
+  <si>
+    <t>HYLOVIS</t>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:24:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237072/fr/hylovis</t>
+  </si>
+  <si>
+    <t>p_3237072</t>
+  </si>
+  <si>
+    <t>Solution stérile de hyaluronate de sodium à 0,18% pour usage  ophtalmique topique</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA</t>
+  </si>
+  <si>
+    <t>VISMED</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:33:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237075/fr/vismed</t>
+  </si>
+  <si>
+    <t>p_3237075</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>18/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067123/fr/thealose</t>
+  </si>
+  <si>
+    <t>p_3067123</t>
+  </si>
+  <si>
+    <t>solution stérile pour usage ophtalmique</t>
+  </si>
+  <si>
+    <t>LABORATOIRE THEA PHARMA</t>
+  </si>
+  <si>
+    <t>21/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>14/08/2015 09:30:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053550/fr/thealose</t>
+  </si>
+  <si>
+    <t>c_2053550</t>
+  </si>
+  <si>
+    <t>Laboratoires Théa France</t>
+  </si>
+  <si>
+    <t>CATIONORM</t>
+  </si>
+  <si>
+    <t>Solution stérile pour irrigation oculaire</t>
+  </si>
+  <si>
+    <t>19/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2013 09:28:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696520/fr/cationorm</t>
+  </si>
+  <si>
+    <t>c_1696520</t>
+  </si>
+  <si>
+    <t>SANTEN SAS</t>
+  </si>
+  <si>
+    <t>XILOIAL MONO</t>
+  </si>
+  <si>
+    <t>22/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2013 17:49:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1672024/fr/xiloial-mono</t>
+  </si>
+  <si>
+    <t>c_1672024</t>
+  </si>
+  <si>
+    <t>Laboratoires LEURQUIN MEDIOLANUM</t>
+  </si>
+  <si>
+    <t>XILOIAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1672027/fr/xiloial</t>
+  </si>
+  <si>
+    <t>c_1672027</t>
+  </si>
+  <si>
+    <t>OPTIVE - 03 mai 2011 (3568) avis</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique topique OPTHTALMOLOGIE – Nouveau dispositif Pas d’avantage clinique démontré par rapport à VISMED Multi</t>
+  </si>
+  <si>
+    <t>03/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2011 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046127/fr/optive-03-mai-2011-3568-avis</t>
+  </si>
+  <si>
+    <t>c_1046127</t>
+  </si>
+  <si>
+    <t>ALLERGAN France SAS</t>
+  </si>
+  <si>
+    <t>HYLOVIS - 07 décembre 2010 (3051) avis</t>
+  </si>
+  <si>
+    <t>07/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010207/fr/hylovis-07-decembre-2010-3051-avis</t>
+  </si>
+  <si>
+    <t>c_1010207</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS (France)</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI - 07 décembre 2010 (3072) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010209/fr/hylovis-multi-07-decembre-2010-3072-avis</t>
+  </si>
+  <si>
+    <t>c_1010209</t>
+  </si>
+  <si>
+    <t>VISMED - 07 décembre 2010 (3053) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010211/fr/vismed-07-decembre-2010-3053-avis</t>
+  </si>
+  <si>
+    <t>c_1010211</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA (France)</t>
+  </si>
+  <si>
+    <t>VISMED MULTI - 07 décembre 2010 (3073) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010213/fr/vismed-multi-07-decembre-2010-3073-avis</t>
+  </si>
+  <si>
+    <t>c_1010213</t>
+  </si>
+  <si>
+    <t>LUXYAL - CEPP du 07 juillet 2009 (2076)</t>
+  </si>
+  <si>
+    <t>07/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2009 14:14:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_831774/fr/luxyal-cepp-du-07-juillet-2009-2076</t>
+  </si>
+  <si>
+    <t>c_831774</t>
+  </si>
+  <si>
+    <t>Tubilux Pharma SpA (Italie)</t>
+  </si>
+  <si>
+    <t>HYDRALIS</t>
+  </si>
+  <si>
+    <t>12/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2009 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_794152/fr/hydralis</t>
+  </si>
+  <si>
+    <t>c_794152</t>
+  </si>
+  <si>
+    <t>THEA France</t>
+  </si>
+  <si>
+    <t>03/03/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2009 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_754282/fr/cationorm</t>
+  </si>
+  <si>
+    <t>c_754282</t>
+  </si>
+  <si>
+    <t>NOVAGALI Pharma S.A.</t>
+  </si>
+  <si>
+    <t>28/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2008 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_711468/fr/optive</t>
+  </si>
+  <si>
+    <t>c_711468</t>
+  </si>
+  <si>
+    <t>ALLERGAN France SAS France</t>
+  </si>
+  <si>
+    <t>SYSTANE</t>
+  </si>
+  <si>
+    <t>16/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2008 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700446/fr/systane</t>
+  </si>
+  <si>
+    <t>c_700446</t>
+  </si>
+  <si>
+    <t>Laboratoires ALCON France</t>
+  </si>
+  <si>
+    <t>LIPIMIX</t>
+  </si>
+  <si>
+    <t>08/07/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2008 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677040/fr/lipimix</t>
+  </si>
+  <si>
+    <t>c_677040</t>
+  </si>
+  <si>
+    <t>TUBILUX PHARMA S.p.A. (Italie)</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_585978/fr/hylovis-multi</t>
+  </si>
+  <si>
+    <t>c_585978</t>
+  </si>
+  <si>
+    <t>VISMED Multi</t>
+  </si>
+  <si>
+    <t>11/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572599/fr/vismed-multi</t>
+  </si>
+  <si>
+    <t>c_572599</t>
+  </si>
+  <si>
+    <t>21/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2007 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_550223/fr/hylovis</t>
+  </si>
+  <si>
+    <t>c_550223</t>
+  </si>
+  <si>
+    <t>07/12/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398724/fr/vismed</t>
+  </si>
+  <si>
+    <t>c_398724</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 novembre 2010</t>
+  </si>
+  <si>
+    <t>17/11/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999050/fr/commission-de-la-transparence-reunion-du-17-novembre-2010</t>
+  </si>
+  <si>
+    <t>c_999050</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ARTELAC (hypromellose)</t>
+  </si>
+  <si>
+    <t>25/10/2018 17:07:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983082/fr/artelac-hypromellose</t>
+  </si>
+  <si>
+    <t>pprd_2983082</t>
+  </si>
+  <si>
+    <t>hypromellose</t>
+  </si>
+  <si>
+    <t>CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399804/fr/artelac-1-6-mg/0-5-ml-collyre-en-solution-en-recipient-unidose-boite-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_643004/fr/artelac-hypromellose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599728/fr/artelac-hypromellose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877299/fr/artelac-hypromellose</t>
   </si>
   <si>
     <t>TRONOTHANE (chlorhydrate de pramocaïne / propylène glycol / hypromellose)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985231/en/tronothane-chlorhydrate-de-pramocaine-/-propylene-glycol-/-hypromellose</t>
+    <t>01/12/2010 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985231/fr/tronothane-chlorhydrate-de-pramocaine-/-propylene-glycol-/-hypromellose</t>
   </si>
   <si>
     <t>pprd_2985231</t>
   </si>
   <si>
     <t>chlorhydrate de pramocaïne / propylène glycol / hypromellose</t>
   </si>
   <si>
     <t>Laboratoire LISA-PHARM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1009518/en/tronothane</t>
+    <t>https://www.has-sante.fr/jcms/c_1009518/fr/tronothane-chlorhydrate-de-pramocaine-/-propylene-glycol-/-hypromellose</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:J28"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>17</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>17</v>
+      </c>
+      <c r="J5" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+      <c r="I7" t="s">
+        <v>47</v>
+      </c>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+      <c r="I8" t="s">
+        <v>47</v>
+      </c>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+      <c r="I9" t="s">
+        <v>58</v>
+      </c>
+      <c r="J9" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>36</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+      <c r="I10" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C11" t="s">
+        <v>66</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>69</v>
+      </c>
+      <c r="H11" t="s">
+        <v>70</v>
+      </c>
+      <c r="I11" t="s">
+        <v>66</v>
+      </c>
+      <c r="J11" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>72</v>
+      </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>75</v>
+      </c>
+      <c r="H12" t="s">
+        <v>76</v>
+      </c>
+      <c r="I12" t="s">
+        <v>66</v>
+      </c>
+      <c r="J12" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C13" t="s">
+        <v>66</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>79</v>
+      </c>
+      <c r="H13" t="s">
+        <v>80</v>
+      </c>
+      <c r="I13" t="s">
+        <v>66</v>
+      </c>
+      <c r="J13" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>81</v>
+      </c>
+      <c r="C14" t="s">
+        <v>82</v>
+      </c>
+      <c r="D14" t="s">
+        <v>83</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>85</v>
+      </c>
+      <c r="H14" t="s">
+        <v>86</v>
+      </c>
+      <c r="I14" t="s">
+        <v>12</v>
+      </c>
+      <c r="J14" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>88</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>89</v>
+      </c>
+      <c r="E15" t="s">
+        <v>90</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>91</v>
+      </c>
+      <c r="H15" t="s">
+        <v>92</v>
+      </c>
+      <c r="I15" t="s">
+        <v>12</v>
+      </c>
+      <c r="J15" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>89</v>
+      </c>
+      <c r="E16" t="s">
+        <v>90</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>95</v>
+      </c>
+      <c r="H16" t="s">
+        <v>96</v>
+      </c>
+      <c r="I16" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>89</v>
+      </c>
+      <c r="E17" t="s">
+        <v>90</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>98</v>
+      </c>
+      <c r="H17" t="s">
+        <v>99</v>
+      </c>
+      <c r="I17" t="s">
+        <v>12</v>
+      </c>
+      <c r="J17" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>101</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>89</v>
+      </c>
+      <c r="E18" t="s">
+        <v>90</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>102</v>
+      </c>
+      <c r="H18" t="s">
+        <v>103</v>
+      </c>
+      <c r="I18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J18" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>104</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>105</v>
+      </c>
+      <c r="E19" t="s">
+        <v>106</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>107</v>
+      </c>
+      <c r="H19" t="s">
+        <v>108</v>
+      </c>
+      <c r="I19" t="s">
+        <v>12</v>
+      </c>
+      <c r="J19" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>111</v>
+      </c>
+      <c r="E20" t="s">
+        <v>112</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>113</v>
+      </c>
+      <c r="H20" t="s">
+        <v>114</v>
+      </c>
+      <c r="I20" t="s">
+        <v>12</v>
+      </c>
+      <c r="J20" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>65</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" t="s">
+        <v>117</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>118</v>
+      </c>
+      <c r="H21" t="s">
+        <v>119</v>
+      </c>
+      <c r="I21" t="s">
+        <v>12</v>
+      </c>
+      <c r="J21" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>121</v>
+      </c>
+      <c r="E22" t="s">
+        <v>122</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>123</v>
+      </c>
+      <c r="H22" t="s">
+        <v>124</v>
+      </c>
+      <c r="I22" t="s">
+        <v>12</v>
+      </c>
+      <c r="J22" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>127</v>
+      </c>
+      <c r="E23" t="s">
+        <v>128</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>129</v>
+      </c>
+      <c r="H23" t="s">
+        <v>130</v>
+      </c>
+      <c r="I23" t="s">
+        <v>12</v>
+      </c>
+      <c r="J23" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>132</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>133</v>
+      </c>
+      <c r="E24" t="s">
+        <v>134</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>135</v>
+      </c>
+      <c r="H24" t="s">
+        <v>136</v>
+      </c>
+      <c r="I24" t="s">
+        <v>12</v>
+      </c>
+      <c r="J24" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>139</v>
+      </c>
+      <c r="E25" t="s">
+        <v>140</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>141</v>
+      </c>
+      <c r="H25" t="s">
+        <v>142</v>
+      </c>
+      <c r="I25" t="s">
+        <v>12</v>
+      </c>
+      <c r="J25" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>143</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>144</v>
+      </c>
+      <c r="E26" t="s">
+        <v>145</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>146</v>
+      </c>
+      <c r="H26" t="s">
+        <v>147</v>
+      </c>
+      <c r="I26" t="s">
+        <v>12</v>
+      </c>
+      <c r="J26" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>42</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>148</v>
+      </c>
+      <c r="E27" t="s">
+        <v>149</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>150</v>
+      </c>
+      <c r="H27" t="s">
+        <v>151</v>
+      </c>
+      <c r="I27" t="s">
+        <v>12</v>
+      </c>
+      <c r="J27" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>49</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>152</v>
+      </c>
+      <c r="E28" t="s">
+        <v>152</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>153</v>
+      </c>
+      <c r="H28" t="s">
+        <v>154</v>
+      </c>
+      <c r="I28" t="s">
+        <v>12</v>
+      </c>
+      <c r="J28" t="s">
+        <v>100</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>156</v>
+      </c>
+      <c r="B2" t="s">
+        <v>157</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>158</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>159</v>
+      </c>
+      <c r="H2" t="s">
+        <v>160</v>
+      </c>
+      <c r="I2" t="s">
+        <v>161</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>162</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>164</v>
+      </c>
+      <c r="B2" t="s">
+        <v>165</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>166</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>167</v>
+      </c>
+      <c r="H2" t="s">
+        <v>168</v>
+      </c>
+      <c r="I2" t="s">
+        <v>169</v>
+      </c>
+      <c r="J2" t="s">
+        <v>170</v>
+      </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>171</v>
+      </c>
+      <c r="L2" t="s">
+        <v>172</v>
+      </c>
+      <c r="M2" t="s">
+        <v>173</v>
+      </c>
+      <c r="N2" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>164</v>
+      </c>
+      <c r="B3" t="s">
+        <v>175</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>177</v>
+      </c>
+      <c r="H3" t="s">
+        <v>178</v>
+      </c>
+      <c r="I3" t="s">
+        <v>179</v>
+      </c>
+      <c r="J3" t="s">
+        <v>180</v>
+      </c>
+      <c r="K3" t="s">
+        <v>181</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>