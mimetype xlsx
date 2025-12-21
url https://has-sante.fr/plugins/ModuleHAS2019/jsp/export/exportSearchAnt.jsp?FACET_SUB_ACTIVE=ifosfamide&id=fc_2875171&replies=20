--- v0 (2025-10-06)
+++ v1 (2025-12-21)
@@ -1,157 +1,412 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="97">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2003 09:43:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Hypophosphatémies héréditaires à FGF23 élevé  (dont hypophosphatémies liées à l’x)</t>
+  </si>
+  <si>
+    <t>14/05/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849265/fr/hypophosphatemies-hereditaires-a-fgf23-eleve-dont-hypophosphatemies-liees-a-l-x</t>
+  </si>
+  <si>
+    <t>c_2849265</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
   </si>
   <si>
     <t>c_451135</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mai 2018</t>
+  </si>
+  <si>
+    <t>09/05/2018 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849071/fr/commission-de-la-transparence-reunion-du-16-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2849071</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 mars 2018</t>
+  </si>
+  <si>
+    <t>05/03/2018 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831410/fr/commission-de-la-transparence-reunion-du-7-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2831410</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 octobre 2017</t>
+  </si>
+  <si>
+    <t>04/10/2017 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796750/fr/commission-de-la-transparence-reunion-du-11-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2796750</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 mars 2017</t>
+  </si>
+  <si>
+    <t>01/03/2017 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748196/fr/commission-de-la-transparence-reunion-du-8-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2748196</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 avril 2016</t>
+  </si>
+  <si>
+    <t>06/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2622639/fr/commission-de-la-transparence-reunion-du-13-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2622639</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 février 2016</t>
+  </si>
+  <si>
+    <t>09/02/2016 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607552/fr/commission-de-la-transparence-reunion-du-17-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2607552</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 mai 2013</t>
+  </si>
+  <si>
+    <t>29/05/2013 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1581868/fr/commission-de-la-transparence-reunion-du-29-mai-2013</t>
+  </si>
+  <si>
+    <t>c_1581868</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 février 2008</t>
+  </si>
+  <si>
+    <t>20/02/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635304/fr/commission-de-la-transparence-reunion-du-20-fevrier-2008</t>
+  </si>
+  <si>
+    <t>c_635304</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0085/DC/SEM du 17 mars 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité KEYTRUDA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité KEYTRUDA (pembrolizumab) dans l'indication « en association avec le lenvatinib dans le traitement des patientes adultes atteintes de carcinome endométrial avancé ou récidivant présentant une progression de la maladie pendant ou suite au traitement ayant comporté une thérapie à base de platine quelle qu’en soit la ligne et qui ne sont pas éligibles à une chirurgie curative ou à la radiothérapie ».</t>
+  </si>
+  <si>
+    <t>17/03/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>22/03/2022 18:07:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325589/fr/decision-n-2022-0085/dc/sem-du-17-mars-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-keytruda</t>
+  </si>
+  <si>
+    <t>p_3325589</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0080/DC/SEM du 17 mars 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité LENVIMA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité LENVIMA (lenvatinib) dans l'indication « en association avec le pembrolizumab dans le traitement des patientes adultes atteintes de carcinome endométrial avancé ou récidivant présentant une progression de la maladie pendant ou suite au traitement ayant comporté une thérapie à base de platine quelle qu’en soit la ligne et qui ne sont pas éligibles à une chirurgie curative ou à la radiothérapie ».</t>
+  </si>
+  <si>
+    <t>22/03/2022 18:03:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325613/fr/decision-n-2022-0080/dc/sem-du-17-mars-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-lenvima</t>
+  </si>
+  <si>
+    <t>p_3325613</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +420,646 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
+      <c r="I2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+      <c r="I3" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>63</v>
+      </c>
+      <c r="H4" t="s">
+        <v>64</v>
+      </c>
+      <c r="I4" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" t="s">
+        <v>68</v>
+      </c>
+      <c r="I5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>69</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>70</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>71</v>
+      </c>
+      <c r="H6" t="s">
+        <v>72</v>
+      </c>
+      <c r="I6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>75</v>
+      </c>
+      <c r="H7" t="s">
+        <v>76</v>
+      </c>
+      <c r="I7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>51</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>78</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>79</v>
+      </c>
+      <c r="H8" t="s">
+        <v>80</v>
+      </c>
+      <c r="I8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>82</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>83</v>
+      </c>
+      <c r="H9" t="s">
+        <v>84</v>
+      </c>
+      <c r="I9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>90</v>
+      </c>
+      <c r="H2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>85</v>
+      </c>
+      <c r="B3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D3" t="s">
+        <v>88</v>
+      </c>
+      <c r="E3" t="s">
+        <v>94</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>95</v>
+      </c>
+      <c r="H3" t="s">
+        <v>96</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>