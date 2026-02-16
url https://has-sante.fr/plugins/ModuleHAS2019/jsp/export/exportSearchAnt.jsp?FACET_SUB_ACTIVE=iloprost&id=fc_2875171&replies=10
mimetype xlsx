--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,237 +1,1428 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="253" uniqueCount="141">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>INNOSPIRE ELEGANCE / SIDESTREAM</t>
+  </si>
+  <si>
+    <t>Compresseur - Nébuliseur</t>
+  </si>
+  <si>
+    <t>28/01/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2014 17:07:21</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724469/fr/innospire-elegance-/-sidestream</t>
+  </si>
+  <si>
+    <t>c_1724469</t>
+  </si>
+  <si>
+    <t>PHILIPS FRANCE ACTIVITE HEALTHCARE</t>
+  </si>
+  <si>
+    <t>PARIBOY SX / Nébuliseur LC SPRINT STAR &amp; PARIBOY SX / Nébuliseur LC SPRINT BABY- 08 mars 2011 (3467) avis</t>
+  </si>
+  <si>
+    <t>Systèmes de nébulisation pour aérosolthérapie PNEUMOLOGIE - Nouveau Dispositif Pas d’avantage clinique démontré par rapport aux autres systèmes de nébulisation</t>
+  </si>
+  <si>
+    <t>08/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2011 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1033195/fr/pariboy-sx-/-nebuliseur-lc-sprint-star-pariboy-sx-/-nebuliseur-lc-sprint-baby-08-mars-2011-3467-avis</t>
+  </si>
+  <si>
+    <t>c_1033195</t>
+  </si>
+  <si>
+    <t>PARI GmbH (Allemagne)</t>
+  </si>
+  <si>
+    <t>INSPIRATION ELITE/SIDESTREAM - 21 décembre 2010 (3307) avis</t>
+  </si>
+  <si>
+    <t>Système de nébulisation pour aérosolthérapie PNEUMOLOGIE - Nouveau Dispositif Pas d’avantage clinique démontré par rapport aux autres systèmes de nébulisation</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2011 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1011981/fr/inspiration-elite/sidestream-21-decembre-2010-3307-avis</t>
+  </si>
+  <si>
+    <t>c_1011981</t>
+  </si>
+  <si>
+    <t>Philips France Activité Healthcare (France)</t>
+  </si>
+  <si>
+    <t>STRATOS PRO / SIDESTREAM  - 13 juillet 2010 (2308) avis</t>
+  </si>
+  <si>
+    <t>13/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_960124/fr/stratos-pro-/-sidestream-13-juillet-2010-2308-avis</t>
+  </si>
+  <si>
+    <t>c_960124</t>
+  </si>
+  <si>
+    <t>INVACARE POIRIER S.A.S. France</t>
+  </si>
+  <si>
+    <t>STRATOS PRO</t>
+  </si>
+  <si>
+    <t>24/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2008 14:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676237/fr/stratos-pro</t>
+  </si>
+  <si>
+    <t>c_676237</t>
+  </si>
+  <si>
+    <t>INVACARE POIRIER S.A.S.</t>
+  </si>
+  <si>
+    <t>Compresseur PARI BOY MOBILE S / nébuliseur LC SPRINT</t>
+  </si>
+  <si>
+    <t>21/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2007 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_497063/fr/compresseur-pari-boy-mobile-s-/-nebuliseur-lc-sprint</t>
+  </si>
+  <si>
+    <t>c_497063</t>
+  </si>
+  <si>
+    <t>ATOMISOR POCKET</t>
+  </si>
+  <si>
+    <t>21/02/2007 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_495954/fr/atomisor-pocket</t>
+  </si>
+  <si>
+    <t>c_495954</t>
+  </si>
+  <si>
+    <t>D.T.F.- La Diffusion Technique Française (France)</t>
+  </si>
+  <si>
+    <t>Systèmes de nébulisation pour aérosolthérapie</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2007 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483505/fr/systemes-de-nebulisation-pour-aerosoltherapie</t>
+  </si>
+  <si>
+    <t>c_483505</t>
+  </si>
+  <si>
+    <t>Direction Générale de la Santé / Direction de la Sécurité Sociale</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Hypertension artérielle pulmonaire (HTAP)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 5 : hypertension artérielle pulmonaire (HTAP).</t>
+  </si>
+  <si>
+    <t>01/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2015 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_612644/fr/ald-n-5-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>c_612644</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 décembre 2019</t>
+  </si>
+  <si>
+    <t>04/12/2019 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3123707/fr/commission-de-la-transparence-reunion-du-11-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3123707</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 octobre 2019</t>
+  </si>
+  <si>
+    <t>25/09/2019 15:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107158/fr/commission-de-la-transparence-reunion-du-2-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3107158</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2016</t>
+  </si>
+  <si>
+    <t>23/11/2016 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725162/fr/commission-de-la-transparence-reunion-du-30-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2725162</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 décembre 2010</t>
+  </si>
+  <si>
+    <t>15/12/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1008224/fr/commission-de-la-transparence-reunion-du-15-decembre-2010</t>
+  </si>
+  <si>
+    <t>c_1008224</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2016.0067/AC/SEM du 23 novembre 2016 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité UPTRAVI (selexipag)</t>
+  </si>
+  <si>
+    <t>Les indications de l’autorisation de mise sur le marché de la spécialité UPTRAVI (selexipag) qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte sont : * En association thérapeutique chez les patients adultes : * insuffisamment contrôlés par une monothérapie par antagoniste des récepteurs de l'endothéline (ARE) ou par inhibiteur de la phosphodiestérase de type 5 (IPDE-5), pour une hypertension artérielle pulmonaire en classe fonctionnelle II ou III, * insuffisamment contrôlés par une bithérapie ARE/IPDE-5, pour une HTAP en classe fonctionnelle II, * En monothérapie chez les patients adultes atteints d’HTAP en classe fonctionnelle II ou III, qui ne peuvent pas être traités par ARE ou IPDE-5. Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>23/11/2016 10:22:00</t>
+  </si>
+  <si>
+    <t>01/12/2016 15:58:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2727395/fr/avis-n-2016-0067/ac/sem-du-23-novembre-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-uptravi-selexipag</t>
+  </si>
+  <si>
+    <t>c_2727395</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ILOPROST TEVA (iloprost)</t>
+  </si>
+  <si>
+    <t>20/01/2020 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146719/fr/iloprost-teva-iloprost</t>
+  </si>
+  <si>
+    <t>p_3146719</t>
+  </si>
+  <si>
+    <t>iloprost</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146602/fr/iloprost-teva-iloprost</t>
   </si>
   <si>
     <t>ILOMEDINE (iloprost)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3143402/en/ilomedine-iloprost</t>
+    <t>24/12/2019 14:42:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143402/fr/ilomedine-iloprost</t>
   </si>
   <si>
     <t>p_3143402</t>
   </si>
   <si>
-    <t>iloprost</t>
-[...1 lines deleted...]
-  <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3135580/en/ilomedine-iloprost</t>
+    <t>https://www.has-sante.fr/jcms/p_3135580/fr/ilomedine-iloprost</t>
+  </si>
+  <si>
+    <t>VENTAVIS (iloprost/ iloprost trométamol)</t>
+  </si>
+  <si>
+    <t>23/02/2015 16:05:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984603/fr/ventavis-iloprost/-iloprost-trometamol</t>
+  </si>
+  <si>
+    <t>pprd_2984603</t>
+  </si>
+  <si>
+    <t>iloprost,iloprost trométamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399989/fr/ventavis-10-microgrammes/ml-solution-pour-inhalation-par-nebuliseur-boite-de-30-ampoules-de-2-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024129/fr/ventavis-iloprost/-iloprost-trometamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013186/fr/ventavis-iloprost/-iloprost-trometamol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:J9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7" t="s">
+        <v>49</v>
+      </c>
+      <c r="I7" t="s">
+        <v>15</v>
+      </c>
+      <c r="J7" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+      <c r="I8" t="s">
+        <v>15</v>
+      </c>
+      <c r="J8" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>55</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>56</v>
+      </c>
+      <c r="E9" t="s">
+        <v>57</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>58</v>
+      </c>
+      <c r="H9" t="s">
+        <v>59</v>
+      </c>
+      <c r="I9" t="s">
+        <v>15</v>
+      </c>
+      <c r="J9" t="s">
+        <v>60</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>61</v>
+      </c>
+      <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D2" t="s">
+        <v>81</v>
+      </c>
+      <c r="E2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>83</v>
+      </c>
+      <c r="H2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>78</v>
+      </c>
+      <c r="B3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C3" t="s">
+        <v>86</v>
+      </c>
+      <c r="D3" t="s">
+        <v>87</v>
+      </c>
+      <c r="E3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>89</v>
+      </c>
+      <c r="H3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+      <c r="I2" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>100</v>
+      </c>
+      <c r="H3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>92</v>
+      </c>
+      <c r="B4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>103</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>104</v>
+      </c>
+      <c r="H4" t="s">
+        <v>105</v>
+      </c>
+      <c r="I4" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>107</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>108</v>
+      </c>
+      <c r="H5" t="s">
+        <v>109</v>
+      </c>
+      <c r="I5" t="s">
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" t="s">
+        <v>111</v>
+      </c>
+      <c r="C2" t="s">
+        <v>112</v>
+      </c>
+      <c r="D2" t="s">
+        <v>113</v>
+      </c>
+      <c r="E2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H2" t="s">
+        <v>116</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>117</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H2" t="s">
+        <v>123</v>
+      </c>
+      <c r="I2" t="s">
+        <v>124</v>
+      </c>
+      <c r="J2" t="s">
+        <v>125</v>
+      </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>126</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>128</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>129</v>
+      </c>
+      <c r="H3" t="s">
+        <v>130</v>
+      </c>
+      <c r="I3" t="s">
+        <v>124</v>
+      </c>
+      <c r="J3" t="s">
+        <v>131</v>
+      </c>
+      <c r="K3" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>119</v>
+      </c>
+      <c r="B4" t="s">
+        <v>133</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>134</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>135</v>
+      </c>
+      <c r="H4" t="s">
+        <v>136</v>
+      </c>
+      <c r="I4" t="s">
+        <v>137</v>
+      </c>
+      <c r="J4" t="s">
+        <v>131</v>
+      </c>
+      <c r="K4" t="s">
+        <v>138</v>
+      </c>
+      <c r="L4" t="s">
+        <v>139</v>
+      </c>
+      <c r="M4" t="s">
+        <v>140</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>