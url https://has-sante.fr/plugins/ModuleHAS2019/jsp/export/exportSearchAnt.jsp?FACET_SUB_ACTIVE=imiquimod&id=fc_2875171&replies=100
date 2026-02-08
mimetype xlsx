--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,367 +1,247 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>02/12/2024 14:12:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Second-line non-invasive skin imaging techniques, including in vivo reflectance confocal microscopy (RCM), for the diagnosis and preoperative mapping of melanoma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The technology assessment aimed to determine the clinical utility of a new diagnostic strategy for melanoma, a form of pigmented skin cancer. This approach involved comparing a strategy using non-invasive second-line skin imaging, including in vivo confocal microscopy, with the reference strategy, in situations where the diagnosis of pigmented lesions (naevi) remains equivocal in dermoscopy or for preoperative mapping of the most complex cases of melanoma on the face, particularly Dubreuilh melanoma.</t>
+  </si>
+  <si>
+    <t>11/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/19/2025 16:38:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
-[...134 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
+    <t>https://www.has-sante.fr/jcms/p_3473354/en/second-line-non-invasive-skin-imaging-techniques-including-in-vivo-reflectance-confocal-microscopy-rcm-for-the-diagnosis-and-preoperative-mapping-of-melanoma-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
+  </si>
+  <si>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
-    <t>Substance active (DCI)</t>
-[...8 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ALDARA (imiquimod)</t>
   </si>
   <si>
-    <t>08/11/2016 17:22:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983861/fr/aldara-imiquimod</t>
+    <t>11/08/2016 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983861/en/aldara-imiquimod</t>
   </si>
   <si>
     <t>pprd_2983861</t>
   </si>
   <si>
     <t>imiquimod</t>
   </si>
   <si>
     <t>MEDA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400203/fr/aldara-imiquimod</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2682498/fr/aldara-imiquimod</t>
+    <t>https://www.has-sante.fr/jcms/c_400203/en/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400220/en/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725097/en/aldara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945892/en/aldara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579404/en/aldara-imiquimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682498/en/aldara-imiquimod</t>
   </si>
   <si>
     <t>ZYCLARA (imiquimod)</t>
   </si>
   <si>
-    <t>15/04/2016 16:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984299/fr/zyclara-imiquimod</t>
+    <t>04/15/2016 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984299/en/zyclara-imiquimod</t>
   </si>
   <si>
     <t>pprd_2984299</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2579434/fr/zyclara-imiquimod-chimiotherapie-a-usage-topique</t>
+    <t>https://www.has-sante.fr/jcms/c_2579434/en/zyclara-imiquimod-topical-chemotherapy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -375,549 +255,243 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...278 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>57</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="J1" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="K1" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>65</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>66</v>
+        <v>28</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="I2" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="J2" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="K2" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="L2" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="M2" t="s">
-        <v>73</v>
+        <v>35</v>
       </c>
       <c r="N2" t="s">
-        <v>74</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s">
-        <v>75</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s">
-        <v>76</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>77</v>
+        <v>39</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>78</v>
+        <v>40</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>79</v>
+        <v>41</v>
       </c>
       <c r="H3" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="I3" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="J3" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="K3" t="s">
-        <v>81</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>