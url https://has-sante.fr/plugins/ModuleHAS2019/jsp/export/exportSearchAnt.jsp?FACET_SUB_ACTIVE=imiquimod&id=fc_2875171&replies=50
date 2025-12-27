--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -1,71 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
-    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
-[...1 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="94">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -131,50 +134,71 @@
   <si>
     <t>04/11/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
   </si>
   <si>
     <t>c_2028188</t>
   </si>
   <si>
     <t>Xeroderma Pigmentosum</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint Xeroderma Pigmentosum (XP). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293252/fr/xeroderma-pigmentosum</t>
   </si>
   <si>
     <t>p_3293252</t>
   </si>
   <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome</t>
+  </si>
+  <si>
+    <t>L’évaluation technologique visait à déterminer l’utilité clinique d’une nouvelle stratégie diagnostique pour le mélanome, forme de cancer pigmenté de la peau. Cette approche consistait à comparer une stratégie recourant à une imagerie cutanée non invasive de seconde ligne, incluant la microscopie confocale in vivo, à la stratégie de référence, dans les situations où le diagnostic de lésions pigmentées (naevus) restent équivoques en dermoscopie ou pour la cartographie préopératoire des cas les plus complexes de mélanome au niveau du visage, notamment le mélanome de Dubreuilh.</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/fr/imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
+  </si>
+  <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la Transparence - Réunion du 4 novembre 2015</t>
   </si>
   <si>
     <t>04/11/2015 18:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2568255/fr/commission-de-la-transparence-reunion-du-4-novembre-2015</t>
   </si>
   <si>
     <t>c_2568255</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 21 octobre 2015</t>
   </si>
   <si>
     <t>14/10/2015 17:27:00</t>
@@ -206,51 +230,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_714239/fr/commission-de-la-transparence-reunion-du-29-octobre-2008</t>
   </si>
   <si>
     <t>c_714239</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 3 septembre 2008</t>
   </si>
   <si>
     <t>03/09/2008 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_687230/fr/commission-de-la-transparence-reunion-du-3-septembre-2008</t>
   </si>
   <si>
     <t>c_687230</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
   </si>
   <si>
-    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 14:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
@@ -327,51 +351,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -542,423 +566,489 @@
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>34</v>
       </c>
       <c r="H4" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="H2" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="I2" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B3" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="H3" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="I3" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B4" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
+        <v>56</v>
+      </c>
+      <c r="H4" t="s">
+        <v>57</v>
+      </c>
+      <c r="I4" t="s">
         <v>49</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="H5" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="I5" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="H6" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="I6" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="B2" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="C2" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="D2" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="E2" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="H2" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="J1" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="K1" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="B2" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="H2" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="I2" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="J2" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="K2" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="L2" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="M2" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="N2" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="O2" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="P2" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="B3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>91</v>
+      </c>
+      <c r="H3" t="s">
+        <v>92</v>
+      </c>
+      <c r="I3" t="s">
+        <v>81</v>
+      </c>
+      <c r="J3" t="s">
         <v>82</v>
       </c>
-      <c r="C3" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K3" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>