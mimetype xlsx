--- v0 (2025-11-02)
+++ v1 (2025-12-27)
@@ -1,249 +1,1132 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="109">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 09 octobre 2024</t>
+  </si>
+  <si>
+    <t>03/10/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545982/fr/commission-de-la-transparence-reunion-du-09-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3545982</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2019</t>
+  </si>
+  <si>
+    <t>16/05/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968693/fr/commission-de-la-transparence-reunion-du-10-juillet-2019</t>
+  </si>
+  <si>
+    <t>c_2968693</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2015</t>
+  </si>
+  <si>
+    <t>25/02/2015 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017152/fr/commission-de-la-transparence-reunion-du-4-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2017152</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>TRIPLIXAM (périndopril/indapamide/amlodipine)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984594/en/triplixam-perindopril/indapamide/amlodipine</t>
+    <t>07/11/2024 11:23:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984594/fr/triplixam-perindopril/indapamide/amlodipine</t>
   </si>
   <si>
     <t>pprd_2984594</t>
   </si>
   <si>
     <t>périndopril,indapamide,amlodipine</t>
   </si>
   <si>
     <t>LES LABORATOIRES SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2022063/en/triplixam-perindopril/-indapamide/-amlodipine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3555010/en/triplixam-perindopril/-indapamide/amlodipine-essential-hypertension</t>
+    <t>https://www.has-sante.fr/jcms/c_2022063/fr/triplixam-perindopril/-indapamide/-amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107626/fr/triplixam-perindopril/-indapamide/-amlodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555010/fr/triplixam-perindopril/indapamide/amlodipine-hypertension-arterielle</t>
+  </si>
+  <si>
+    <t>PERINDOPRIL/INDAPAMIDE ARROW LAB (périndopril/ indapamide)</t>
+  </si>
+  <si>
+    <t>01/02/2018 15:23:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983420/fr/perindopril/indapamide-arrow-lab-perindopril/-indapamide</t>
+  </si>
+  <si>
+    <t>pprd_2983420</t>
+  </si>
+  <si>
+    <t>périndopril,indapamide</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823761/fr/perindopril/indapamide-arrow-lab-perindopril/-indapamide</t>
+  </si>
+  <si>
+    <t>FLUDEX (indapamide hémihydraté)</t>
+  </si>
+  <si>
+    <t>21/12/2016 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983785/fr/fludex-indapamide-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983785</t>
+  </si>
+  <si>
+    <t>indapamide hémihydraté</t>
+  </si>
+  <si>
+    <t>SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399494/fr/fludex-indapamide-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458765/fr/fludex-indapamide-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1118595/fr/fludex-indapamide-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732643/fr/fludex-indapamide-hemihydrate</t>
+  </si>
+  <si>
+    <t>PRETERAX - BIPRETERAX (périndopril arginine/ indapamide)</t>
+  </si>
+  <si>
+    <t>26/05/2014 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984759/fr/preterax-bipreterax-perindopril-arginine/-indapamide</t>
+  </si>
+  <si>
+    <t>pprd_2984759</t>
+  </si>
+  <si>
+    <t>périndopril arginine,indapamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399454/fr/preterax-2-mg/0-625-mg-comprime-secable-boite-de-30-perindopril-arginine/-indapamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538065/fr/preterax-perindopril-arginine/-indapamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743360/fr/preterax-bipreterax-perindopril-arginine/-indapamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969968/fr/bipreterax-perindopril-arginine/-indapamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399412/fr/bipreterax-4-mg/1-25-mg-comprime-boite-de-30</t>
+  </si>
+  <si>
+    <t>NATRIXAM (indapamide/ amlodipine (bésilate d'))</t>
+  </si>
+  <si>
+    <t>23/05/2014 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984771/fr/natrixam-indapamide/-amlodipine-besilate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984771</t>
+  </si>
+  <si>
+    <t>indapamide,amlodipine (bésilate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742454/fr/natrixam-indapamide/-amlodipine-besilate-d</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H2" t="s">
+        <v>53</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>60</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H4" t="s">
+        <v>62</v>
+      </c>
+      <c r="I4" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>63</v>
+      </c>
+      <c r="J1" t="s">
+        <v>64</v>
+      </c>
+      <c r="K1" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H2" t="s">
+        <v>70</v>
+      </c>
+      <c r="I2" t="s">
+        <v>71</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>72</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>74</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>75</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>66</v>
+      </c>
+      <c r="B3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>78</v>
+      </c>
+      <c r="H3" t="s">
+        <v>79</v>
+      </c>
+      <c r="I3" t="s">
+        <v>80</v>
+      </c>
+      <c r="J3" t="s">
+        <v>81</v>
+      </c>
+      <c r="K3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>66</v>
+      </c>
+      <c r="B4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>84</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>85</v>
+      </c>
+      <c r="H4" t="s">
+        <v>86</v>
+      </c>
+      <c r="I4" t="s">
+        <v>87</v>
+      </c>
+      <c r="J4" t="s">
+        <v>88</v>
+      </c>
+      <c r="K4" t="s">
+        <v>89</v>
+      </c>
+      <c r="L4" t="s">
+        <v>90</v>
+      </c>
+      <c r="M4" t="s">
+        <v>91</v>
+      </c>
+      <c r="N4" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B5" t="s">
+        <v>93</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>94</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>95</v>
+      </c>
+      <c r="H5" t="s">
+        <v>96</v>
+      </c>
+      <c r="I5" t="s">
+        <v>97</v>
+      </c>
+      <c r="J5" t="s">
+        <v>88</v>
+      </c>
+      <c r="K5" t="s">
+        <v>98</v>
+      </c>
+      <c r="L5" t="s">
+        <v>99</v>
+      </c>
+      <c r="M5" t="s">
+        <v>100</v>
+      </c>
+      <c r="N5" t="s">
+        <v>101</v>
+      </c>
+      <c r="O5" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>66</v>
+      </c>
+      <c r="B6" t="s">
+        <v>103</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>105</v>
+      </c>
+      <c r="H6" t="s">
+        <v>106</v>
+      </c>
+      <c r="I6" t="s">
+        <v>107</v>
+      </c>
+      <c r="J6" t="s">
+        <v>88</v>
+      </c>
+      <c r="K6" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>