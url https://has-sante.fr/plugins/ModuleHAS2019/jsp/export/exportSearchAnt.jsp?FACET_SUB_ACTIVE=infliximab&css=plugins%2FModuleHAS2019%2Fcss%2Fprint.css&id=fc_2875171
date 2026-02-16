--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,364 +1,1399 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="773" uniqueCount="421">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/07/2024 14:30:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels d’aide à la dispensation (LAD) de pharmacie à usage intérieur (PUI)</t>
+  </si>
+  <si>
+    <t>Les logiciels d’aide à la dispensation (LAD) utilisés par les pharmaciens en pharmacie à usage intérieur (PUI) sont des logiciels dont au moins une des fonctions permet l’enregistrement d’une dispensation de médicaments (analyse des prescriptions, conseil et délivrance des médicaments). Leur certification - facultative en France - participe à l'amélioration des pratiques et garantit la conformité des logiciels à des exigences minimales en termes de sécurité, de qualité et d'efficience de la dispensation.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2022 16:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+    <t>https://www.has-sante.fr/jcms/p_3372202/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-de-pharmacie-a-usage-interieur-pui</t>
+  </si>
+  <si>
+    <t>p_3372202</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CUREETY TECHCARE</t>
+  </si>
+  <si>
+    <t>03/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2025 12:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578221/fr/cureety-techcare</t>
+  </si>
+  <si>
+    <t>p_3578221</t>
+  </si>
+  <si>
+    <t>Logiciel de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>CUREETY SAS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>ALD n° 27 - Spondylarthrite grave</t>
+  </si>
+  <si>
+    <t>26/09/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900658/fr/ald-n-27-spondylarthrite-grave</t>
+  </si>
+  <si>
+    <t>c_900658</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Dysplasie Ectodermique Anhidrotique</t>
+  </si>
+  <si>
+    <t>18/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113839/fr/dysplasie-ectodermique-anhidrotique</t>
+  </si>
+  <si>
+    <t>p_3113839</t>
+  </si>
+  <si>
+    <t>Fragilités osseuses secondaires de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3112119</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Rectocolite hémorragique</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671091/fr/ald-n-24-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>c_671091</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>30/11/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_800266/fr/diagnostic-prise-en-charge-therapeutique-et-suivi-des-spondylarthrites-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_800266</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: management of established RA</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983874/en/remsima</t>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0042/AC/SEAP du 17 juin 2021 du collège de la HAS relatif aux modifications des conditions d’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>A l’issue de ses travaux (cahier des charges et rapports d’évaluation) réalisés en avril/mai 2020, la Haute Autorité de santé (HAS) a rendu un avis favorable le 20 mai 2020 relatif au remboursement de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2 en listant les indications prises en charge et les non-indications pour éviter des dérives dans l’utilisation de ces tests. Au vu de l’évolution des connaissances scientifiques sur ce sujet, de l’amélioration de la capacité à tester, isoler et traiter chaque cas et à retracer chaque contact grâce au développement des différentes techniques de diagnostic et de dépistage du virus SARS-CoV-2 depuis mai 2020, la HAS a donc actualisé son analyse de la littérature scientifique, consulté un groupe d’experts pluridisciplinaires réunis le 10 juin 2021 et pris la position de la commission technique des vaccinations le 15 juin 2021. Sur ces nouvelles bases, la Haute Autorité de santé actualise ses avis sur les indications et non-indications de la détection sérologique des anticorps dirigés contre le virus SARS-CoV-2. Dans ce contexte, la HAS précise également sa position sur l’utilisation de la sérologie pré-vaccinale sur des aspects techniques. Par ailleurs, la HAS se prononce sur le recours à la sérologie post-vaccinale chez les patients immunodéprimés.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272801/fr/avis-n-2021-0042/ac/seap-du-17-juin-2021-du-college-de-la-has-relatif-aux-modifications-des-conditions-d-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-des-anticorps-seriques-diriges-contre-le-coronavirus-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3272801</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854253/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-de-rechute-de-maladie-inflammatoire-chronique-intestinale-mici-chez-des-sujets-ne-presentant-ni-evacuation-fecale-sanglante-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>c_2854253</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 Décembre 2022</t>
+  </si>
+  <si>
+    <t>09/12/2022 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395017/fr/commission-de-la-transparence-reunion-du-14-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3395017</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 Juillet 2022</t>
+  </si>
+  <si>
+    <t>08/07/2022 17:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351510/fr/commission-de-la-transparence-reunion-du-11-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3351510</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 23 juin 2021</t>
+  </si>
+  <si>
+    <t>17/06/2021 18:11:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272474/fr/commission-de-la-transparence-reunion-a-distance-du-23-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3272474</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 juin 2021</t>
+  </si>
+  <si>
+    <t>09/06/2021 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271014/fr/commission-de-la-transparence-reunion-a-distance-du-16-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3271014</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 5 mai 2021</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263613/fr/commission-de-la-transparence-reunion-a-distance-du-5-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3263613</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 21 octobre 2020</t>
+  </si>
+  <si>
+    <t>14/10/2020 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212898/fr/commission-de-la-transparence-reunion-a-distance-du-21-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3212898</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 7 octobre 2020</t>
+  </si>
+  <si>
+    <t>30/09/2020 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210376/fr/commission-de-la-transparence-reunion-a-distance-du-7-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3210376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192534/fr/commission-de-la-transparence-reunion-a-distance-du-9-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192534</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 24 juin 2020</t>
+  </si>
+  <si>
+    <t>17/06/2020 13:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190382/fr/commission-de-la-transparence-reunion-a-distance-du-24-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3190382</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 13 mai 2020</t>
+  </si>
+  <si>
+    <t>07/05/2020 08:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183005/fr/commission-de-la-transparence-reunion-a-distance-du-13-mai-2020</t>
+  </si>
+  <si>
+    <t>p_3183005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 avril 2020</t>
+  </si>
+  <si>
+    <t>20/04/2020 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179885/fr/commission-de-la-transparence-reunion-a-distance-du-22-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3179885</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 décembre 2017</t>
+  </si>
+  <si>
+    <t>08/12/2017 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2811211/fr/college-deliberatif-du-13-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2811211</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 décembre 2017</t>
+  </si>
+  <si>
+    <t>29/11/2017 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808279/fr/commission-de-la-transparence-reunion-du-6-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2808279</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 janvier 2017</t>
+  </si>
+  <si>
+    <t>04/01/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735236/fr/commission-de-la-transparence-reunion-du-11-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2735236</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 juillet 2016</t>
+  </si>
+  <si>
+    <t>01/07/2016 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2651132/fr/college-deliberatif-du-6-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2651132</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 juin 2016</t>
+  </si>
+  <si>
+    <t>23/06/2016 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640876/fr/commission-de-la-transparence-reunion-du-29-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2640876</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 9 décembre 2015</t>
+  </si>
+  <si>
+    <t>04/12/2015 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2578825/fr/college-deliberatif-du-9-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2578825</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 octobre 2014</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767049/fr/commission-de-la-transparence-reunion-du-15-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1767049</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 mai 2014</t>
+  </si>
+  <si>
+    <t>30/04/2014 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739113/fr/commission-de-la-transparence-reunion-du-7-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1739113</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2013</t>
+  </si>
+  <si>
+    <t>10/07/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616460/fr/commission-de-la-transparence-reunion-du-10-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1616460</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 février 2013</t>
+  </si>
+  <si>
+    <t>20/02/2013 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361491/fr/commission-de-la-transparence-reunion-du-20-fevrier-2013</t>
+  </si>
+  <si>
+    <t>c_1361491</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2012</t>
+  </si>
+  <si>
+    <t>18/09/2012 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296038/fr/commission-de-la-transparence-reunion-du-19-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1296038</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 septembre 2011</t>
+  </si>
+  <si>
+    <t>07/09/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1095165/fr/commission-de-la-transparence-reunion-du-7-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1095165</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2009</t>
+  </si>
+  <si>
+    <t>04/03/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_751583/fr/commission-de-la-transparence-reunion-du-4-mars-2009</t>
+  </si>
+  <si>
+    <t>c_751583</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 février 2009</t>
+  </si>
+  <si>
+    <t>18/02/2009 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748558/fr/commission-de-la-transparence-reunion-du-18-fevrier-2009</t>
+  </si>
+  <si>
+    <t>c_748558</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2007</t>
+  </si>
+  <si>
+    <t>04/07/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616105/fr/commission-de-la-transparence-reunion-du-4-juillet-2007</t>
+  </si>
+  <si>
+    <t>c_616105</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0199/SEM du 13 décembre 2017 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l’infliximab dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab et des spécialités identifiées comme biologiques similaires et inscrites sur la liste de référence des groupes biologiques similaires mentionnée à l’article L. 5121-10-2 du code de la santé publique dans le cadre d’une recommandation temporaire d’utilisation, dans le « Traitement de la maladie de Takayasu répondant aux critères d’Ishikawa et résistant aux traitements conventionnels (corticoïdes et immunosuppresseurs», ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>13/12/2017 10:14:00</t>
+  </si>
+  <si>
+    <t>19/12/2017 15:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814160/fr/decision-n2017-0199/sem-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2814160</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0278/DC/SEM du 9 décembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de STELARA (ustékinumab) dans le cadre d’une recommandation temporaire d’utilisation - RTU abrogée le 03 octobre 2017</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # - la pathologie, la maladie de Crohn modérée à sévère, maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. # - l’absence d’alternative appropriée et remboursable à ce jour chez ces patients; # - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de ces patients, afin d’améliorer leur état de santé ou éviter leur dégradation. # le Collège de la HAS considère que les spécialités STELARA (ustékinumab) doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement de la maladie de Crohn active modérée à sévère en échec à l’infliximab, l’adalimumab et au védolizumab ou qui sont intolérants, ou qui ont une contre-indication à ces traitements ».# *RTU abrogée le 03 octobre 2017. La fin de cette RTU fait suite à la décision de la Commission européenne en date du 11 novembre 2016 de modifier l'autorisation de mise sur le marché (AMM) de STELARA pour y inclure l'indication thérapeutique "traitement de la maladie de Crohn active modérée à sévère chez les patients adultes présentant une réponse insuffisante, une perte de réponse ou une intolérance à un traitement conventionnel ou par anti-TNFα, ou qui présentent une contre-indication médicale à ces traitements» et un nouveau dosage adapté à l’induction du traitement dans cette nouvelle indication : STELARA 130 mg, solution à diluer pour perfusion.*</t>
+  </si>
+  <si>
+    <t>09/12/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2017 17:08:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582259/fr/decision-n-2015-0278/dc/sem-du-9-decembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-stelara-ustekinumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-le-03-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2582259</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0154/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : - la pathologie, la maladie de Crohn sévère chez les enfants de plus de 6 ans, est une maladie inflammatoire intestinale pouvant atteindre tous les segments du tube digestif et pouvant s’accompagner de manifestations extra-intestinales (articulaires, cutanées, oculaires…). C’est une maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. La spécificité de la maladie de Crohn chez l’enfant par rapport à l’adulte est le risque de retard de croissance staturo-pondérale, souvent associé à un retard pubertaire. - l’absence d’alternative appropriée et remboursable à ce jour chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur et anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés ; - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de la maladie de Crohn active, sévère chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur et anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège de la HAS considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Maladie de Crohn active, sévère chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur ou anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés ».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>07/07/2015 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042572/fr/decision-n-2015-0154/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042572</t>
+  </si>
+  <si>
+    <t>DECISION N° 2014.0144/DC du 16 juillet 2014 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l'infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation, ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>16/07/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>29/07/2014 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757268/fr/decision-n-2014-0144/dc-du-16-juillet-2014-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-remicade-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_1757268</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
+  </si>
+  <si>
+    <t>17/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
+  </si>
+  <si>
+    <t>p_3306504</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 - Vaccination prioritaire de l’entourage des personnes immunodéprimées contre le SARS-Cov 2</t>
+  </si>
+  <si>
+    <t>HAS rappelle que les personnes immunodéprimées, chez qui le risque de forme grave et de décès par la Covid-19 est important, doivent être vaccinées de façon prioritaire contre le SARS-CoV-2. Cependant, du fait même de leur immunodépression, leur réponse immunitaire à la vaccination étant souvent diminuée rendant cette vaccination moins efficace, la HAS recommande qu’une stratégie de « cocooning » (vaccination de l’entourage) soit mise en place autour des personnes immunodéprimées adultes et enfants.</t>
+  </si>
+  <si>
+    <t>29/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2021 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264056/fr/strategie-de-vaccination-contre-le-sars-cov-2-vaccination-prioritaire-de-l-entourage-des-personnes-immunodeprimees-contre-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3264056</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>REMSIMA (infliximab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983874/fr/remsima-infliximab</t>
   </si>
   <si>
     <t>pprd_2983874</t>
   </si>
   <si>
     <t>infliximab</t>
   </si>
   <si>
     <t>CELLTRION HEALTHCARE FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2041952/en/remsima-infliximab</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539090/en/remsima-infliximab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_2041952/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775581/fr/remsima-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682118/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191666/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213533/fr/remsima-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272779/fr/remsima-sc-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280901/fr/remsima-infliximab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363308/fr/remsima-infliximab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539090/fr/remsima-infliximab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>REMICADE (infliximab)</t>
   </si>
   <si>
-    <t>12/16/2022 18:31:38</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983949/en/remicade-infliximab</t>
+    <t>16/12/2022 18:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983949/fr/remicade-infliximab</t>
   </si>
   <si>
     <t>pprd_2983949</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399105/en/remicade-infliximab</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3396525/en/remicade-infliximab-maladies-inflammatoires-chroniques-de-l-intestin-chez-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_399105/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400046/fr/remicade-100-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-unitaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401007/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574605/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958845/fr/remicade-dans-le-traitement-du-pemphigus-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763723/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329537/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517930/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743042/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671825/fr/remicade-infliximab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181535/fr/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270045/fr/remicade-infliximab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280953/fr/remicade-rectocolite-hemorragique-active-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396525/fr/remicade-infliximab-maladies-inflammatoires-chroniques-de-l-intestin-chez-l-enfant</t>
   </si>
   <si>
     <t>INFLECTRA (infliximab)</t>
   </si>
   <si>
-    <t>08/05/2021 09:41:58</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983873/en/inflectra-infliximab</t>
+    <t>05/08/2021 09:41:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983873/fr/inflectra-infliximab</t>
   </si>
   <si>
     <t>pprd_2983873</t>
   </si>
   <si>
     <t>HOSPIRA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2682121/en/inflectra-infliximab</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3280960/en/inflectra-infliximab</t>
+    <t>https://www.has-sante.fr/jcms/c_2682121/fr/inflectra-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775087/fr/inflectra-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280960/fr/inflectra-infliximab</t>
+  </si>
+  <si>
+    <t>ZESSLY (infliximab)</t>
+  </si>
+  <si>
+    <t>27/12/2018 13:28:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982942/fr/zessly-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2982942</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893475/fr/zessly-infliximab</t>
   </si>
   <si>
     <t>FLIXABI (infliximab)</t>
   </si>
   <si>
-    <t>11/07/2016 09:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983867/en/flixabi-infliximab</t>
+    <t>07/11/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983867/fr/flixabi-infliximab</t>
   </si>
   <si>
     <t>pprd_2983867</t>
   </si>
   <si>
     <t>BIOGEN FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2682160/en/flixabi-infliximab</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2655977/en/flixabi-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
+    <t>https://www.has-sante.fr/jcms/c_2682160/fr/flixabi-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655977/fr/flixabi-biosimilaires-d-infliximab-anti-tnf-infliximab</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -372,422 +1407,2610 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:X6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>363</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+      <c r="K1" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>365</v>
+      </c>
+      <c r="B2" t="s">
+        <v>366</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>367</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>368</v>
+      </c>
+      <c r="H2" t="s">
+        <v>369</v>
+      </c>
+      <c r="I2" t="s">
+        <v>370</v>
+      </c>
+      <c r="J2" t="s">
+        <v>371</v>
+      </c>
+      <c r="K2" t="s">
+        <v>372</v>
+      </c>
+      <c r="L2" t="s">
+        <v>373</v>
+      </c>
+      <c r="M2" t="s">
+        <v>374</v>
+      </c>
+      <c r="N2" t="s">
+        <v>375</v>
+      </c>
+      <c r="O2" t="s">
+        <v>376</v>
+      </c>
+      <c r="P2" t="s">
+        <v>377</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>378</v>
+      </c>
+      <c r="R2" t="s">
+        <v>379</v>
+      </c>
+      <c r="S2" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>365</v>
+      </c>
+      <c r="B3" t="s">
+        <v>381</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>382</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>383</v>
+      </c>
+      <c r="H3" t="s">
+        <v>384</v>
+      </c>
+      <c r="I3" t="s">
+        <v>370</v>
+      </c>
+      <c r="J3" t="s">
+        <v>385</v>
+      </c>
+      <c r="K3" t="s">
+        <v>386</v>
+      </c>
+      <c r="L3" t="s">
+        <v>387</v>
+      </c>
+      <c r="M3" t="s">
+        <v>388</v>
+      </c>
+      <c r="N3" t="s">
+        <v>389</v>
+      </c>
+      <c r="O3" t="s">
+        <v>390</v>
+      </c>
+      <c r="P3" t="s">
+        <v>391</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>392</v>
+      </c>
+      <c r="R3" t="s">
+        <v>393</v>
+      </c>
+      <c r="S3" t="s">
+        <v>394</v>
+      </c>
+      <c r="T3" t="s">
+        <v>395</v>
+      </c>
+      <c r="U3" t="s">
+        <v>396</v>
+      </c>
+      <c r="V3" t="s">
+        <v>397</v>
+      </c>
+      <c r="W3" t="s">
+        <v>398</v>
+      </c>
+      <c r="X3" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>365</v>
+      </c>
+      <c r="B4" t="s">
+        <v>400</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>401</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>402</v>
+      </c>
+      <c r="H4" t="s">
+        <v>403</v>
+      </c>
+      <c r="I4" t="s">
+        <v>370</v>
+      </c>
+      <c r="J4" t="s">
+        <v>404</v>
+      </c>
+      <c r="K4" t="s">
+        <v>405</v>
+      </c>
+      <c r="L4" t="s">
+        <v>406</v>
+      </c>
+      <c r="M4" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>365</v>
+      </c>
+      <c r="B5" t="s">
+        <v>408</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>409</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>410</v>
+      </c>
+      <c r="H5" t="s">
+        <v>411</v>
+      </c>
+      <c r="I5" t="s">
+        <v>370</v>
+      </c>
+      <c r="J5" t="s">
+        <v>412</v>
+      </c>
+      <c r="K5" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>365</v>
+      </c>
+      <c r="B6" t="s">
+        <v>414</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>415</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>416</v>
+      </c>
+      <c r="H6" t="s">
+        <v>417</v>
+      </c>
+      <c r="I6" t="s">
+        <v>370</v>
+      </c>
+      <c r="J6" t="s">
+        <v>418</v>
+      </c>
+      <c r="K6" t="s">
+        <v>419</v>
+      </c>
+      <c r="L6" t="s">
+        <v>420</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>32</v>
+      </c>
+      <c r="B3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D3" t="s">
+        <v>41</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H22"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>54</v>
+      </c>
+      <c r="H3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>58</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>59</v>
+      </c>
+      <c r="H4" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D5" t="s">
+        <v>63</v>
+      </c>
+      <c r="E5" t="s">
+        <v>64</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>65</v>
+      </c>
+      <c r="H5" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>67</v>
+      </c>
+      <c r="C6" t="s">
+        <v>68</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>69</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>70</v>
+      </c>
+      <c r="H6" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C7" t="s">
+        <v>73</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>75</v>
+      </c>
+      <c r="H7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>79</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>80</v>
+      </c>
+      <c r="H8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>82</v>
+      </c>
+      <c r="C9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>83</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>84</v>
+      </c>
+      <c r="H9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>88</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>89</v>
+      </c>
+      <c r="H10" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>93</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>94</v>
+      </c>
+      <c r="H11" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>45</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>98</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>99</v>
+      </c>
+      <c r="H12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>102</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>103</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>104</v>
+      </c>
+      <c r="H13" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>45</v>
+      </c>
+      <c r="B14" t="s">
+        <v>106</v>
+      </c>
+      <c r="C14" t="s">
+        <v>107</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>108</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>109</v>
+      </c>
+      <c r="H14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>45</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>113</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>114</v>
+      </c>
+      <c r="H15" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" t="s">
+        <v>116</v>
+      </c>
+      <c r="C16" t="s">
+        <v>117</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>118</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>119</v>
+      </c>
+      <c r="H16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>45</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E17" t="s">
+        <v>123</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>124</v>
+      </c>
+      <c r="H17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>45</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>127</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>129</v>
+      </c>
+      <c r="H18" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>45</v>
+      </c>
+      <c r="B19" t="s">
+        <v>131</v>
+      </c>
+      <c r="C19" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>132</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>133</v>
+      </c>
+      <c r="H19" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>136</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>137</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>138</v>
+      </c>
+      <c r="H20" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>45</v>
+      </c>
+      <c r="B21" t="s">
+        <v>140</v>
+      </c>
+      <c r="C21" t="s">
+        <v>141</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>142</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>143</v>
+      </c>
+      <c r="H21" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" t="s">
+        <v>145</v>
+      </c>
+      <c r="C22" t="s">
+        <v>146</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>147</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>148</v>
+      </c>
+      <c r="H22" t="s">
+        <v>149</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>150</v>
+      </c>
+      <c r="B2" t="s">
+        <v>151</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>152</v>
+      </c>
+      <c r="E2" t="s">
+        <v>153</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>154</v>
+      </c>
+      <c r="H2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>150</v>
+      </c>
+      <c r="B3" t="s">
+        <v>156</v>
+      </c>
+      <c r="C3" t="s">
+        <v>157</v>
+      </c>
+      <c r="D3" t="s">
+        <v>158</v>
+      </c>
+      <c r="E3" t="s">
+        <v>159</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>160</v>
+      </c>
+      <c r="H3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>150</v>
+      </c>
+      <c r="B4" t="s">
+        <v>162</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>163</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>164</v>
+      </c>
+      <c r="H4" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>150</v>
+      </c>
+      <c r="B5" t="s">
+        <v>166</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>167</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>168</v>
+      </c>
+      <c r="H5" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>150</v>
+      </c>
+      <c r="B6" t="s">
+        <v>170</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>167</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>171</v>
+      </c>
+      <c r="H6" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>150</v>
+      </c>
+      <c r="B7" t="s">
+        <v>173</v>
+      </c>
+      <c r="C7" t="s">
+        <v>174</v>
+      </c>
+      <c r="D7" t="s">
+        <v>175</v>
+      </c>
+      <c r="E7" t="s">
+        <v>176</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>177</v>
+      </c>
+      <c r="H7" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>150</v>
+      </c>
+      <c r="B8" t="s">
+        <v>179</v>
+      </c>
+      <c r="C8" t="s">
+        <v>180</v>
+      </c>
+      <c r="D8" t="s">
+        <v>181</v>
+      </c>
+      <c r="E8" t="s">
+        <v>182</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>183</v>
+      </c>
+      <c r="H8" t="s">
+        <v>184</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>185</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>186</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>188</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>189</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>19</v>
+        <v>190</v>
       </c>
       <c r="H2" t="s">
-        <v>20</v>
+        <v>191</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>185</v>
       </c>
       <c r="B3" t="s">
-        <v>21</v>
+        <v>192</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>193</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>194</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>195</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>196</v>
       </c>
       <c r="H3" t="s">
-        <v>23</v>
+        <v>197</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>185</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>198</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>199</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>194</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>195</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>200</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:X5"/>
+  <dimension ref="A1:I31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>202</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>203</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>204</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>205</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>206</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
+        <v>207</v>
       </c>
       <c r="I2" t="s">
-        <v>38</v>
-[...29 lines deleted...]
-        <v>48</v>
+        <v>208</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>203</v>
       </c>
       <c r="B3" t="s">
-        <v>49</v>
+        <v>209</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>50</v>
+        <v>210</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>51</v>
+        <v>211</v>
       </c>
       <c r="H3" t="s">
-        <v>52</v>
+        <v>212</v>
       </c>
       <c r="I3" t="s">
-        <v>38</v>
-[...44 lines deleted...]
-        <v>67</v>
+        <v>208</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>203</v>
       </c>
       <c r="B4" t="s">
-        <v>68</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>69</v>
+        <v>214</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>70</v>
+        <v>215</v>
       </c>
       <c r="H4" t="s">
-        <v>71</v>
+        <v>216</v>
       </c>
       <c r="I4" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>75</v>
+        <v>208</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>33</v>
+        <v>203</v>
       </c>
       <c r="B5" t="s">
-        <v>76</v>
+        <v>217</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>77</v>
+        <v>218</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>78</v>
+        <v>219</v>
       </c>
       <c r="H5" t="s">
-        <v>79</v>
+        <v>220</v>
       </c>
       <c r="I5" t="s">
-        <v>38</v>
-[...8 lines deleted...]
-        <v>82</v>
+        <v>208</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>203</v>
+      </c>
+      <c r="B6" t="s">
+        <v>221</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>222</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>223</v>
+      </c>
+      <c r="H6" t="s">
+        <v>224</v>
+      </c>
+      <c r="I6" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>203</v>
+      </c>
+      <c r="B7" t="s">
+        <v>225</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>226</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>227</v>
+      </c>
+      <c r="H7" t="s">
+        <v>228</v>
+      </c>
+      <c r="I7" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>203</v>
+      </c>
+      <c r="B8" t="s">
+        <v>229</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>230</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>231</v>
+      </c>
+      <c r="H8" t="s">
+        <v>232</v>
+      </c>
+      <c r="I8" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>203</v>
+      </c>
+      <c r="B9" t="s">
+        <v>233</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>234</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>235</v>
+      </c>
+      <c r="H9" t="s">
+        <v>236</v>
+      </c>
+      <c r="I9" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>203</v>
+      </c>
+      <c r="B10" t="s">
+        <v>237</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>238</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>239</v>
+      </c>
+      <c r="H10" t="s">
+        <v>240</v>
+      </c>
+      <c r="I10" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>203</v>
+      </c>
+      <c r="B11" t="s">
+        <v>241</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>242</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>243</v>
+      </c>
+      <c r="H11" t="s">
+        <v>244</v>
+      </c>
+      <c r="I11" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>203</v>
+      </c>
+      <c r="B12" t="s">
+        <v>245</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>246</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>247</v>
+      </c>
+      <c r="H12" t="s">
+        <v>248</v>
+      </c>
+      <c r="I12" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>203</v>
+      </c>
+      <c r="B13" t="s">
+        <v>249</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>250</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>251</v>
+      </c>
+      <c r="H13" t="s">
+        <v>252</v>
+      </c>
+      <c r="I13" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>203</v>
+      </c>
+      <c r="B14" t="s">
+        <v>253</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>254</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>255</v>
+      </c>
+      <c r="H14" t="s">
+        <v>256</v>
+      </c>
+      <c r="I14" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>203</v>
+      </c>
+      <c r="B15" t="s">
+        <v>257</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>258</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>259</v>
+      </c>
+      <c r="H15" t="s">
+        <v>260</v>
+      </c>
+      <c r="I15" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>203</v>
+      </c>
+      <c r="B16" t="s">
+        <v>261</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>262</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>263</v>
+      </c>
+      <c r="H16" t="s">
+        <v>264</v>
+      </c>
+      <c r="I16" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>203</v>
+      </c>
+      <c r="B17" t="s">
+        <v>265</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>266</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>267</v>
+      </c>
+      <c r="H17" t="s">
+        <v>268</v>
+      </c>
+      <c r="I17" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>203</v>
+      </c>
+      <c r="B18" t="s">
+        <v>269</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>270</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>271</v>
+      </c>
+      <c r="H18" t="s">
+        <v>272</v>
+      </c>
+      <c r="I18" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>203</v>
+      </c>
+      <c r="B19" t="s">
+        <v>273</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>274</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>275</v>
+      </c>
+      <c r="H19" t="s">
+        <v>276</v>
+      </c>
+      <c r="I19" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>203</v>
+      </c>
+      <c r="B20" t="s">
+        <v>277</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>278</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>279</v>
+      </c>
+      <c r="H20" t="s">
+        <v>280</v>
+      </c>
+      <c r="I20" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>203</v>
+      </c>
+      <c r="B21" t="s">
+        <v>281</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>282</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>283</v>
+      </c>
+      <c r="H21" t="s">
+        <v>284</v>
+      </c>
+      <c r="I21" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>203</v>
+      </c>
+      <c r="B22" t="s">
+        <v>285</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>286</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>287</v>
+      </c>
+      <c r="H22" t="s">
+        <v>288</v>
+      </c>
+      <c r="I22" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>203</v>
+      </c>
+      <c r="B23" t="s">
+        <v>289</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>290</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>291</v>
+      </c>
+      <c r="H23" t="s">
+        <v>292</v>
+      </c>
+      <c r="I23" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>203</v>
+      </c>
+      <c r="B24" t="s">
+        <v>293</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>294</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>295</v>
+      </c>
+      <c r="H24" t="s">
+        <v>296</v>
+      </c>
+      <c r="I24" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>203</v>
+      </c>
+      <c r="B25" t="s">
+        <v>297</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>298</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>299</v>
+      </c>
+      <c r="H25" t="s">
+        <v>300</v>
+      </c>
+      <c r="I25" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>203</v>
+      </c>
+      <c r="B26" t="s">
+        <v>301</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>302</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>303</v>
+      </c>
+      <c r="H26" t="s">
+        <v>304</v>
+      </c>
+      <c r="I26" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>203</v>
+      </c>
+      <c r="B27" t="s">
+        <v>305</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>306</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>307</v>
+      </c>
+      <c r="H27" t="s">
+        <v>308</v>
+      </c>
+      <c r="I27" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>203</v>
+      </c>
+      <c r="B28" t="s">
+        <v>309</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>310</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>311</v>
+      </c>
+      <c r="H28" t="s">
+        <v>312</v>
+      </c>
+      <c r="I28" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>203</v>
+      </c>
+      <c r="B29" t="s">
+        <v>313</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>314</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>315</v>
+      </c>
+      <c r="H29" t="s">
+        <v>316</v>
+      </c>
+      <c r="I29" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>203</v>
+      </c>
+      <c r="B30" t="s">
+        <v>317</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>318</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>319</v>
+      </c>
+      <c r="H30" t="s">
+        <v>320</v>
+      </c>
+      <c r="I30" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>203</v>
+      </c>
+      <c r="B31" t="s">
+        <v>321</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>322</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>323</v>
+      </c>
+      <c r="H31" t="s">
+        <v>324</v>
+      </c>
+      <c r="I31" t="s">
+        <v>208</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>325</v>
+      </c>
+      <c r="B2" t="s">
+        <v>326</v>
+      </c>
+      <c r="C2" t="s">
+        <v>327</v>
+      </c>
+      <c r="D2" t="s">
+        <v>328</v>
+      </c>
+      <c r="E2" t="s">
+        <v>329</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>330</v>
+      </c>
+      <c r="H2" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>325</v>
+      </c>
+      <c r="B3" t="s">
+        <v>332</v>
+      </c>
+      <c r="C3" t="s">
+        <v>333</v>
+      </c>
+      <c r="D3" t="s">
+        <v>334</v>
+      </c>
+      <c r="E3" t="s">
+        <v>335</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>336</v>
+      </c>
+      <c r="H3" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>325</v>
+      </c>
+      <c r="B4" t="s">
+        <v>338</v>
+      </c>
+      <c r="C4" t="s">
+        <v>339</v>
+      </c>
+      <c r="D4" t="s">
+        <v>340</v>
+      </c>
+      <c r="E4" t="s">
+        <v>341</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>342</v>
+      </c>
+      <c r="H4" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>325</v>
+      </c>
+      <c r="B5" t="s">
+        <v>344</v>
+      </c>
+      <c r="C5" t="s">
+        <v>345</v>
+      </c>
+      <c r="D5" t="s">
+        <v>346</v>
+      </c>
+      <c r="E5" t="s">
+        <v>347</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>348</v>
+      </c>
+      <c r="H5" t="s">
+        <v>349</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>350</v>
+      </c>
+      <c r="B2" t="s">
+        <v>351</v>
+      </c>
+      <c r="C2" t="s">
+        <v>352</v>
+      </c>
+      <c r="D2" t="s">
+        <v>353</v>
+      </c>
+      <c r="E2" t="s">
+        <v>354</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H2" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>350</v>
+      </c>
+      <c r="B3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C3" t="s">
+        <v>358</v>
+      </c>
+      <c r="D3" t="s">
+        <v>359</v>
+      </c>
+      <c r="E3" t="s">
+        <v>360</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>361</v>
+      </c>
+      <c r="H3" t="s">
+        <v>362</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>