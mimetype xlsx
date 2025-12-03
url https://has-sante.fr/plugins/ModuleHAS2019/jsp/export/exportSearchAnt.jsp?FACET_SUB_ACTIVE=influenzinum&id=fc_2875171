--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,87 +35,87 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...2 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...2 lines deleted...]
-    <t>07/09/2019 15:03:00</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3066934/fr/medicaments-homeopathiques-une-efficacite-insuffisante-pour-etre-proposes-au-remboursement</t>
+    <t>Press release</t>
+  </si>
+  <si>
+    <t>Homeopathic medicines : insufficient therapeutic efficacy for reimbursement</t>
+  </si>
+  <si>
+    <t>At the request of the Ministry of Solidarity and Health, the French National Authority for Health (HAS) assessed the validity of maintaining the reimbursement of homeopathic medicines. Following the first French scientific assessment of these medicines, on 28 June 2019 the Transparency Committee¹ issued an unfavourable opinion for their funding by the French national health insurance system.</t>
+  </si>
+  <si>
+    <t>06/28/2019 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066934/en/homeopathic-medicines-insufficient-therapeutic-efficacy-for-reimbursement</t>
   </si>
   <si>
     <t>p_3066934</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>