--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -1,266 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Evaluation des technolog" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...11 lines deleted...]
-    <t>22/11/2021 11:48:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
-  </si>
-[...106 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3497029/fr/xenetix-iobitridol-produit-de-contraste-iode</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -285,281 +171,37 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...242 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>