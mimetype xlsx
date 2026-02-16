--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,741 +1,4633 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
+    <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="885" uniqueCount="499">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...2 lines deleted...]
-    <t>Irreversible secondary or degenerative parkinsonian syndromes</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>EAGLE EYE PLATINUM ST</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>23/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/10/2025 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700359/fr/eagle-eye-platinum-st</t>
+  </si>
+  <si>
+    <t>p_3700359</t>
+  </si>
+  <si>
+    <t>Cathéter d’imagerie endocoronaire par échographie (IVUS)</t>
+  </si>
+  <si>
+    <t>PHILIPS FRANCE (France)</t>
+  </si>
+  <si>
+    <t>EAGLE EYE PLATINUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700362/fr/eagle-eye-platinum</t>
+  </si>
+  <si>
+    <t>p_3700362</t>
+  </si>
+  <si>
+    <t>OPTICROSS HD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701914/fr/opticross-hd</t>
+  </si>
+  <si>
+    <t>p_3701914</t>
+  </si>
+  <si>
+    <t>Boston Scientific SAS (France)</t>
+  </si>
+  <si>
+    <t>OPTICROSS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701917/fr/opticross</t>
+  </si>
+  <si>
+    <t>p_3701917</t>
+  </si>
+  <si>
+    <t>DRAGONFLY OPSTAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701923/fr/dragonfly-opstar</t>
+  </si>
+  <si>
+    <t>p_3701923</t>
+  </si>
+  <si>
+    <t>Cathéter d’imagerie endocoronaire par tomographie par cohérence optique (OCT)</t>
+  </si>
+  <si>
+    <t>ABBOTT Medical France SAS (France)</t>
+  </si>
+  <si>
+    <t>DRAGONFLY OPTIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701926/fr/dragonfly-optis</t>
+  </si>
+  <si>
+    <t>p_3701926</t>
+  </si>
+  <si>
+    <t>STERILE SINGLE-USE ELECTRODES FOR SURGICAL UNITS (RFT SERIES)</t>
+  </si>
+  <si>
+    <t>03/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2025 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585493/fr/sterile-single-use-electrodes-for-surgical-units-rft-series</t>
+  </si>
+  <si>
+    <t>p_3585493</t>
+  </si>
+  <si>
+    <t>Electrode d’ablation thyroïdienne par radiofréquence</t>
+  </si>
+  <si>
+    <t>VO MEDICA</t>
+  </si>
+  <si>
+    <t>MAGSEED</t>
+  </si>
+  <si>
+    <t>27/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2024 09:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498571/fr/magseed</t>
+  </si>
+  <si>
+    <t>p_3498571</t>
+  </si>
+  <si>
+    <t>Marqueur magnétique</t>
+  </si>
+  <si>
+    <t>ENDOMAGNETICS SAS</t>
+  </si>
+  <si>
+    <t>WALLSTENT UNI</t>
+  </si>
+  <si>
+    <t>Indications déjà inscrites sur la LPPR Traitement d’un syndrome cave supérieure (d’origine maligne) mal toléré, malgré un traitement médical bien conduit, et si nécessaire, un traitement radio-chimique adapté à la lésion initiale. Traitement d’une obstruction de la voie veineuse centrale ou pour l’augmentation du diamètre de la lumière de la voie veineuse centrale suite à l’échec de l’angioplastie (resténose précoce ou sténose résiduelle) chez des patients en hémodialyse chronique ayant une sténose de la voie veineuse de sortie. L’angioplastie est considérée comme un échec en cas de sténose résiduelle = 30 % pour une veine dont le diamètre est = 10 mm ou = 50 % pour une veine dont le diamètre est supérieur à 10 mm, une déchirure affectant l’intégrité de la lumière de l’intima, une occlusion brutale du site de la lésion ou un spasme réfractaire. Extension des indications thérapeutiques Traitement des lésions veineuses obstructives (sténoses) et occlusives (occlusions complètes) iliofémorales unilatérales (vaisseaux de diamètre compris entre 10 mm et 20 mm) symptomatiques sévères (classe C de la classification CEAP = C3 ou score VCSS = 2) diagnostiquées dans un contexte de : Thrombose veineuse profonde aigüe ayant fait l’objet d'un traitement par une thrombolyse locale ou pharmacomécanique, Syndrome post-thrombotique, Syndrome compressif veineux tel que le syndrome de Cockett, Ou toutes combinaisons des lésions précitées.</t>
+  </si>
+  <si>
+    <t>19/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296316/fr/wallstent-uni</t>
+  </si>
+  <si>
+    <t>p_3296316</t>
+  </si>
+  <si>
+    <t>Stent autoexpansible</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>NUTRI-ENERGIE + - 17 avril 2012 (4247) avis</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2012 09:13:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1222317/fr/nutri-energie-17-avril-2012-4247-avis</t>
+  </si>
+  <si>
+    <t>c_1222317</t>
+  </si>
+  <si>
+    <t>ALISCIENCE (France)</t>
+  </si>
+  <si>
+    <t>BARD READYLINK &amp; BARD QUICKLINK</t>
+  </si>
+  <si>
+    <t>27/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2008 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667030/fr/bard-readylink-bard-quicklink</t>
+  </si>
+  <si>
+    <t>c_667030</t>
+  </si>
+  <si>
+    <t>BARD France SAS</t>
+  </si>
+  <si>
+    <t>INTERSOURCE 125 / INTERSTRAND 125</t>
+  </si>
+  <si>
+    <t>25/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2006 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464272/fr/intersource-125-/-interstrand-125</t>
+  </si>
+  <si>
+    <t>c_464272</t>
+  </si>
+  <si>
+    <t>International Brachytherapy S. A. (Belgique)</t>
+  </si>
+  <si>
+    <t>SELECTSEEDS du concept FIRST</t>
+  </si>
+  <si>
+    <t>25/10/2006 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455224/fr/selectseeds-du-concept-first</t>
+  </si>
+  <si>
+    <t>c_455224</t>
+  </si>
+  <si>
+    <t>NUCLETRON France</t>
+  </si>
+  <si>
+    <t>ISOSEED I-125</t>
+  </si>
+  <si>
+    <t>18/02/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398595/fr/isoseed-i-125</t>
+  </si>
+  <si>
+    <t>c_398595</t>
+  </si>
+  <si>
+    <t>BEBIG ISOTOPEN- UND MEDIZIN- TECHNIK GmbH (Allemagne)</t>
+  </si>
+  <si>
+    <t>ONCOSEED, ECHOSEED, RAPID STRAND</t>
+  </si>
+  <si>
+    <t>28/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398603/fr/oncoseed-echoseed-rapid-strand</t>
+  </si>
+  <si>
+    <t>c_398603</t>
+  </si>
+  <si>
+    <t>AMERSHAM HEALTH (FRANCE)</t>
+  </si>
+  <si>
+    <t>SAGB (anneau gastrique ajustable suédois)</t>
+  </si>
+  <si>
+    <t>20/10/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398683/fr/sagb-anneau-gastrique-ajustable-suedois</t>
+  </si>
+  <si>
+    <t>c_398683</t>
+  </si>
+  <si>
+    <t>ETHICON ENDO-SURGERY (France)</t>
+  </si>
+  <si>
+    <t>SELECTSEEDS</t>
+  </si>
+  <si>
+    <t>14/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398684/fr/selectseeds</t>
+  </si>
+  <si>
+    <t>c_398684</t>
+  </si>
+  <si>
+    <t>SAGB</t>
+  </si>
+  <si>
+    <t>08/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398774/fr/sagb</t>
+  </si>
+  <si>
+    <t>c_398774</t>
+  </si>
+  <si>
+    <t>ETHICON ENDOSURGERY</t>
+  </si>
+  <si>
+    <t>ISOCORD</t>
+  </si>
+  <si>
+    <t>03/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398783/fr/isocord</t>
+  </si>
+  <si>
+    <t>c_398783</t>
+  </si>
+  <si>
+    <t>ECKERT &amp; ZIEGLER BEBIG GmbH</t>
+  </si>
+  <si>
+    <t>BRACHYSOURCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398784/fr/brachysource</t>
+  </si>
+  <si>
+    <t>c_398784</t>
+  </si>
+  <si>
+    <t>Bard France SAS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein en France : identification des femmes à haut risque et modalités de dépistage</t>
+  </si>
+  <si>
+    <t>A la demande de l’INCa, la HAS a élaboré des recommandations sur le dépistage du cancer du sein chez les femmes à haut risque à partir d’une revue des facteurs de risque de cancer du sein identifiés dans la littérature.</t>
+  </si>
+  <si>
+    <t>19/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2014 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741170/fr/depistage-du-cancer-du-sein-en-france-identification-des-femmes-a-haut-risque-et-modalites-de-depistage</t>
+  </si>
+  <si>
+    <t>c_1741170</t>
+  </si>
+  <si>
+    <t>Détection précoce du cancer de la prostate</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la détection précoce du cancer de la prostate à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2013 18:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623737/fr/detection-precoce-du-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_1623737</t>
+  </si>
+  <si>
+    <t>Cancer de la prostate : identification des facteurs de risque et pertinence d’un dépistage par dosage de l’antigène spécifique de la prostate (PSA) de populations d’hommes à haut risque ?</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence d’un dépistage du cancer de la prostate par dosage du PSA ciblé sur des populations d’ hommes considérés comme à « haut risque » de survenue de ce cancer.</t>
+  </si>
+  <si>
+    <t>01/02/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2012 00:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1238318/fr/cancer-de-la-prostate-identification-des-facteurs-de-risque-et-pertinence-d-un-depistage-par-dosage-de-l-antigene-specifique-de-la-prostate-psa-de-populations-d-hommes-a-haut-risque</t>
+  </si>
+  <si>
+    <t>c_1238318</t>
+  </si>
+  <si>
+    <t>Opportunité d'un dépistage systématique du cancer de la prostate par le dosage de l'antigène spécifique de la prostate</t>
+  </si>
+  <si>
+    <t>Si le cancer de la prostate est en terme d'incidence le 2ème cancer chez l'homme, il n'arrive qu'en 7ème position en terme de mortalité. Le dosage de l'Antigène Spécifique de la Prostate (PSA) est très largement prescrit dans le cadre d'un dépistage individuel. Cette recommandation porte sur l'opportunité de la mise en place d'un dépistage systématique du cancer de la prostate par le dosage du PSA. A partir d'une analyse crtitique de la littérature, les dix critères établis par l'Organisation Mondiale de la Santé permettant de juger de la pertinence du dépistage d'une maladie ont été passés en revue. Une analyse médico-économique a également été réalisée.</t>
+  </si>
+  <si>
+    <t>01/01/1999 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461999/fr/opportunite-d-un-depistage-systematique-du-cancer-de-la-prostate-par-le-dosage-de-l-antigene-specifique-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_461999</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Résistance aux Hormones Thyroïdiennes par variant pathogène de THRB</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de RHTβ. Il a été élaboré par le Centre de Référence des Maladies Rares de la Thyroïde et des Récepteurs Hormonaux (CRMR-TRH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493353/fr/syndrome-de-resistance-aux-hormones-thyroidiennes-par-variant-pathogene-de-thrb</t>
+  </si>
+  <si>
+    <t>p_3493353</t>
+  </si>
+  <si>
+    <t>Syndrome de Townes – Brocks</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Townes-Brocks. Il a été élaboré par les Centres de Référence Maladies Rares Surdités Génétiques et Anomalies du developpement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493442/fr/syndrome-de-townes-brocks</t>
+  </si>
+  <si>
+    <t>p_3493442</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>ALD n° 16 - Maladie de Parkinson</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>09/09/2021 00:00:00</t>
   </si>
   <si>
-    <t>09/15/2021 09:09:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546220/en/irreversible-secondary-or-degenerative-parkinsonian-syndromes</t>
+    <t>15/09/2021 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546220/fr/ald-n-16-maladie-de-parkinson</t>
   </si>
   <si>
     <t>c_546220</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Syndrome de Pendred</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome de Pendred. Il a été élaboré par le Centre de référence des surdités génétiques, le Centre de référence des maladies endocriniennes de la croissance et du développement, le Centre de référence des maladies rares de la thyroïde et des récepteurs hormonaux, Sous l'égide et avec le partenariat de La Filière de santé des maladies rares sensorielles SENSGENE et La Filière des maladies rares endocriniennes FIRENDO à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/03/2021 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245874/fr/syndrome-de-pendred</t>
+  </si>
+  <si>
+    <t>p_3245874</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des dysthyroïdies chez l’adulte</t>
+  </si>
+  <si>
+    <t>En France, les dysfonctionnements de la thyroïde toucheraient environ 2 % de la population. La HAS publie un socle complet de recommandations sur la prise en charge des hypothyroïdies et hyperthyroïdies. Elle y décrit pour chacune les étapes du diagnostic, les examens biologiques à réaliser, les stratégies thérapeutiques ainsi que leur suivi.</t>
+  </si>
+  <si>
+    <t>15/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2023 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216305/fr/prise-en-charge-des-dysthyroidies-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3216305</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation définit la dénutrition ainsi que les critères permettant de la diagnostiquer chez l’enfant et l’adulte de -70 ans. Elle permet d'améliorer le diagnostic de la dénutrition à l’aide d’outils adaptés.</t>
+  </si>
+  <si>
+    <t>13/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118872/fr/diagnostic-de-la-denutrition-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3118872</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Prévention des infections liées aux cathéters veineux périphériques</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations professionnelles est de prévenir les infections liées aux cathéters veineux périphériques. Les recommandations abordent les points suivants : Choix du cathéter Pose du cathéter Utilisation du cathéter Entretien du cathéter Surveillance Formation, évaluation</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272482/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
+  </si>
+  <si>
+    <t>c_272482</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Rééducation de l’entorse externe de la cheville</t>
+  </si>
+  <si>
+    <t>Ces recommandations pour les pratiques de soins concernent la rééducation, chez l'adulte non sportif, de l'entorse externe de cheville, sans fracture, récente, traitée fonctionnellement, quel que soit le stade de gravité.</t>
+  </si>
+  <si>
+    <t>01/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272059/fr/reeducation-de-l-entorse-externe-de-la-cheville</t>
+  </si>
+  <si>
+    <t>c_272059</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Early management of adult stroke patients - Medical aspects -</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : s'informer pour décider</t>
+  </si>
+  <si>
+    <t>Dans le cadre du programme national de dépistage néonatal piloté par le ministère chargé de la santé, la Haute Autorité de santé (HAS) et le Centre national de coordination du dépistage néonatal (CNCDN) publient un ensemble de documents portant sur l’information à délivrer aux parents. Il s’agit notamment de donner des clefs aux professionnels pour les aider à expliquer les maladies dépistées et l’intérêt de les détecter dès la naissance. Ce document a été actualisé en octobre 2024 pour tenir compte de la généralisation du dépistage néonatal de la drépanocytose sur l'ensemble du territoire français au 1er novembre 2024.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285576/fr/depistage-neonatal-s-informer-pour-decider</t>
+  </si>
+  <si>
+    <t>p_3285576</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>15/12/2005 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240671/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
+  </si>
+  <si>
+    <t>c_240671</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
+  </si>
+  <si>
+    <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
+    <t>Curiethérapie interstitielle utilisée en complément d’une radiothérapie externe pour le traitement du cancer localisé de la prostate – Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer la balance bénéfice/risque (efficacité, sécurité, qualité de vie du patient) de la curiethérapie à haut débit de dose (HDD) ou à bas débit de dose (BDD) utilisée en complément d’une radiothérapie externe (RTE) par rapport à l’utilisation de la RTE associée à une hormonothérapie, pour le traitement du cancer de la prostate localisé à risque intermédiaire défavorable et à risque élevé de récidive</t>
+  </si>
+  <si>
+    <t>20/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2025 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452771/fr/curietherapie-interstitielle-utilisee-en-complement-d-une-radiotherapie-externe-pour-le-traitement-du-cancer-localise-de-la-prostate-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>p_3452771</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de carcinome hépatocellulaire (CHC) chez un adulte à haut risque (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques détectées chez les adultes à haut risque de carcinome hépatocellulaire (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>10/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:11:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215914/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-carcinome-hepatocellulaire-chc-chez-un-adulte-a-haut-risque-cirrhose-vhb-antecedent-de-chc</t>
+  </si>
+  <si>
+    <t>p_3215914</t>
+  </si>
+  <si>
+    <t>Destruction par ultrasons focalisés de haute intensité (HIFU) par voie rectale d’un adénocarcinome localisé de la prostate - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Cancer prostate, HIFU (high-intensity focused ultrasound), traitement local, traitement de rattrapage post radiothérapie externe, résultats carcinologiques et fonctionnels, qualité de vie</t>
+  </si>
+  <si>
+    <t>30/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477519/fr/destruction-par-ultrasons-focalises-de-haute-intensite-hifu-par-voie-rectale-d-un-adenocarcinome-localise-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3477519</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de tumeur hépatique bénigne chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques ayant été détectées de façon fortuite chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215918/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-tumeur-hepatique-benigne-chez-l-adulte-sans-cirrhose-ni-cancer</t>
+  </si>
+  <si>
+    <t>p_3215918</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Assessment of intraoperative radiotherapy (IORT) in breast cancer - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2562276/en/assessment-of-intraoperative-radiotherapy-iort-in-breast-cancer-inahta-brief</t>
+    <t>Évaluation de la radiothérapie peropératoire (RTPO) dans le cancer du sein</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et de la sécurité de la radiothérapie peropératoire (RTPO) en traitement adjuvant de la tumorectomie du cancer du sein chez la femme Détermination des conditions de réalisation et de la population à traiter en vue de sa prise en charge par l’Assurance Maladie Le comparateur est la radiothérapie externe du sein</t>
+  </si>
+  <si>
+    <t>20/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>18/05/2016 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2562276/fr/evaluation-de-la-radiotherapie-peroperatoire-rtpo-dans-le-cancer-du-sein</t>
   </si>
   <si>
     <t>c_2562276</t>
   </si>
   <si>
-    <t>Alternative(s) to perfusion scintigraphy in case of suspected non-massive pulmonary embolism in pregnant women in the event of a complete shortage of technetium-99m - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
+    <t>Alternative(s) à la scintigraphie de perfusion en cas de suspicion d’embolie pulmonaire non massive chez la femme enceinte dans l’hypothèse d’une pénurie complète en technétium-99m</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est d’identifier des examens alternatifs à la scintigraphie de perfusion au technétium 99m en contexte de pénurie pour cet isotope chez la femme enceinte suspecte d’embolie pulmonaire non massive. L’angioscanner et l’échographie veineuse (avec doppler) des membres inférieurs sont les deux examens validés en alternative à la scintigraphie</t>
+  </si>
+  <si>
+    <t>17/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/fr/alternative-s-a-la-scintigraphie-de-perfusion-en-cas-de-suspicion-d-embolie-pulmonaire-non-massive-chez-la-femme-enceinte-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
   </si>
   <si>
     <t>c_2620035</t>
   </si>
   <si>
-    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation de la sialendoscopie parotidienne et submandibulaire à visée diagnostique et thérapeutique</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, de l’efficacité et la sécurité de la technique d’endoscopie (sialendoscopie) des voies salivaires de la parotide et de la glande submandibulaire dans les pathologies obstructives (lithiases et sténoses) et inflammatoires de ces glandes</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
   </si>
   <si>
     <t>c_1164340</t>
   </si>
   <si>
-    <t>Alternative(s) to 99mTc-sestamibi preoperative scintigraphy for the localization of hypersecreting parathyroid glands in the event of complete shortage of 99mTechnetium (99mTc) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2011763/en/alternative-s-to-99mtc-sestamibi-preoperative-scintigraphy-for-the-localization-of-hypersecreting-parathyroid-glands-in-the-event-of-complete-shortage-of-99mtechnetium-99mtc-inahta-brief</t>
+    <t>Alternative(s) à la scintigraphie préopératoire lors du bilan de localisation des glandes parathyroïdes hypersécrétantes dans l’hypothèse d’une pénurie complète en technétium-99m</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de déterminer si un (ou plusieurs) examen(s) pouvait(ent) se substituer, sans perte de chance pour les patients, à la scintigraphie au technétium-99m en situation de pénurie complète pour cet isotope et en complément de l’échographie cervicale lors du bilan de localisation préopératoire d’une (ou plusieurs) glande(s) hypersécrétante(s) responsable(s) d’une hyperparathyroïdie.</t>
+  </si>
+  <si>
+    <t>24/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2015 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011763/fr/alternative-s-a-la-scintigraphie-preoperatoire-lors-du-bilan-de-localisation-des-glandes-parathyroides-hypersecretantes-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
   </si>
   <si>
     <t>c_2011763</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>High Intensity Focused Ultrasound (HIFU) for the treatment of localized prostate cancer</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1019703/en/high-intensity-focused-ultrasound-hifu-for-the-treatment-of-localized-prostate-cancer</t>
+    <t>Destruction par ultrasons focalisés de haute intensité (HIFU) par voie rectale d’un adénocarcinome localisé de la prostate</t>
+  </si>
+  <si>
+    <t>Evaluer l’efficacité clinique et la sécurité du traitement par HIFU d’un cancer localisé de la prostate dans deux indications: En première intention curative, d’un adénocarcinome localisé de la prostate T1-2 à risque faible ou intermédiaire, chez un patient âgé de 70 ans ou plus; En rattrapage après récidive carcinologique locale après radiothérapie externe</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2011 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019703/fr/destruction-par-ultrasons-focalises-de-haute-intensite-hifu-par-voie-rectale-d-un-adenocarcinome-localise-de-la-prostate</t>
   </si>
   <si>
     <t>c_1019703</t>
+  </si>
+  <si>
+    <t>Évaluation des pansements</t>
+  </si>
+  <si>
+    <t>La révision des descriptions génériques des articles pour pansements a été réalisée dans le cadre de l’arrêté du 25 juillet 2005. Elle a concerné les pansements primaires, placés au contact direct de la plaie, et les pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2008 13:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717899/fr/evaluation-des-pansements</t>
+  </si>
+  <si>
+    <t>c_717899</t>
+  </si>
+  <si>
+    <t>Conditions de réalisation des actes d'implantologie orale : environnement technique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport d’évaluation technologique est d’aider les professionnels de santé concernés : chirurgiens-dentistes, stomatologues, chirurgiens maxillo-faciaux dans leur pratique de la chirurgie implantaire et plus spécifiquement sur les conditions techniques à réunir pour poser des implants intrabuccaux selon les données scientifiques actuelles.</t>
+  </si>
+  <si>
+    <t>02/07/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2008 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_679792/fr/conditions-de-realisation-des-actes-d-implantologie-orale-environnement-technique</t>
+  </si>
+  <si>
+    <t>c_679792</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 octobre 2023</t>
+  </si>
+  <si>
+    <t>27/12/2023 10:07:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3485693/fr/commission-de-la-transparence-reunion-du-4-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3485693</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 27/06/2023</t>
+  </si>
+  <si>
+    <t>03/11/2023 18:23:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471279/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-27/06/2023</t>
+  </si>
+  <si>
+    <t>p_3471279</t>
+  </si>
+  <si>
+    <t>02/10/2023 16:37:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3464806/fr/commission-de-la-transparence-reunion-du-4-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3464806</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 22/11/2022</t>
+  </si>
+  <si>
+    <t>15/06/2023 08:36:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411409/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-22/11/2022</t>
+  </si>
+  <si>
+    <t>p_3411409</t>
+  </si>
+  <si>
+    <t>Regardez en replay - Hypothyroïdies et hyperthyroïdies : quelle prise en charge chez l'adulte ?</t>
+  </si>
+  <si>
+    <t>Regarder en replay le webinaire "Hypothyroïdies et hyperthyroïdies : quelle prise en charge chez l'adulte ?" du 25 avril 2023.</t>
+  </si>
+  <si>
+    <t>14/03/2023 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417973/fr/regardez-en-replay-hypothyroidies-et-hyperthyroidies-quelle-prise-en-charge-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3417973</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 Octobre 2022</t>
+  </si>
+  <si>
+    <t>14/10/2022 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377685/fr/commission-de-la-transparence-reunion-du-19-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3377685</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2019</t>
+  </si>
+  <si>
+    <t>18/07/2019 17:56:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973081/fr/commission-de-la-transparence-reunion-du-12-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2973081</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 23 janvier 2019</t>
+  </si>
+  <si>
+    <t>17/01/2019 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2898502/fr/college-deliberatif-du-23-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2898502</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 mai 2017</t>
+  </si>
+  <si>
+    <t>26/04/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757710/fr/commission-de-la-transparence-reunion-du-3-mai-2017</t>
+  </si>
+  <si>
+    <t>c_2757710</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 septembre 2016</t>
+  </si>
+  <si>
+    <t>30/08/2016 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2663194/fr/commission-de-la-transparence-reunion-du-7-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2663194</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juillet 2016</t>
+  </si>
+  <si>
+    <t>13/07/2016 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656551/fr/commission-de-la-transparence-reunion-du-20-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2656551</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 19 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624056/fr/cnedimts-reunion-du-19-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624056</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2574689</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2015</t>
+  </si>
+  <si>
+    <t>14/10/2015 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563061/fr/commission-de-la-transparence-reunion-du-21-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2563061</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mai 2015</t>
+  </si>
+  <si>
+    <t>13/05/2015 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034553/fr/commission-de-la-transparence-reunion-du-20-mai-2015</t>
+  </si>
+  <si>
+    <t>c_2034553</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 27 janvier 2015</t>
+  </si>
+  <si>
+    <t>26/01/2015 10:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008752/fr/cnedimts-reunion-du-27-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2008752</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 octobre 2014</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767049/fr/commission-de-la-transparence-reunion-du-15-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1767049</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mai 2010</t>
+  </si>
+  <si>
+    <t>05/05/2010 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950375/fr/commission-de-la-transparence-reunion-du-5-mai-2010</t>
+  </si>
+  <si>
+    <t>c_950375</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2009</t>
+  </si>
+  <si>
+    <t>18/11/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_882480/fr/commission-de-la-transparence-reunion-du-18-novembre-2009</t>
+  </si>
+  <si>
+    <t>c_882480</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0046/AC/SEM du 3 juin 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité LENVIMA 4 et 10 mg (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>L’indication validée par le CHMP mais non comprise dans les indications définies dans l’ATU de cohorte est la suivante : traitement des patients ayant un cancer de la thyroïde différencié, en progression, réfractaire à l’iode radioactif et non traité par inhibiteur de tyrosine kinase (1ère ligne de traitement). Dans cette indication, la HAS n’a pas identifié d’alternative thérapeutique prise en charge, à ce jour, par les régimes obligatoires de la sécurité sociale. Elle a cependant identifié une alternative, actuellement en cours d’évaluation par la Commission de la transparence, la spécialité NEXAVAR (sorafénib). Le présent avis sera publié au Bulletin officiel de la HAS.</t>
+  </si>
+  <si>
+    <t>03/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>15/06/2015 18:10:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038923/fr/avis-n-2015-0046/ac/sem-du-3-juin-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-lenvima-4-et-10-mg-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2038923</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d'admission en  affection de longue durée (ALD) - Juin 2009</t>
+  </si>
+  <si>
+    <t>La loi du 13 août 2004 a confié trois missions à la HAS (art. R 161-71 CSS) dans le domaine des affections de longue durée (ALD) dont l’une est de formuler des recommandations sur les critères utilisés pour la définition des ALD, c’est-à-dire définir les conditions médicales nécessaires pour que les malades bénéficient d’une exonération de ticket modérateur, pour une affection donnée.</t>
+  </si>
+  <si>
+    <t>30/06/2009 17:49:00</t>
+  </si>
+  <si>
+    <t>01/10/2009 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817790/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affection-de-longue-duree-ald-juin-2009</t>
+  </si>
+  <si>
+    <t>c_817790</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>NONAN (cobalt/ cuivre/ fer/ fluor/ iode/ manganèse/ molybdène/ sélénium/ zinc)</t>
+  </si>
+  <si>
+    <t>19/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986062/fr/nonan-cobalt/-cuivre/-fer/-fluor/-iode/-manganese/-molybdene/-selenium/-zinc</t>
+  </si>
+  <si>
+    <t>pprd_2986062</t>
+  </si>
+  <si>
+    <t>cobalt,cuivre,fer,fluor,iode,manganèse,molybdène,sélénium,zinc</t>
+  </si>
+  <si>
+    <t>AGUETTANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399193/fr/nonan-solution-pour-perfusion-iv-flacon-unitaire-de-50ml-rempli-a-40ml-boite-de-1</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : la HAS partie prenante du programme national</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN), qui a débuté en France en 1972, est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves, d’origine génétique pour la plupart, et à mettre en œuvre, avant l’apparition de symptômes, les mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. Le dépistage à la naissance fait l’objet d’un programme national qui concerne tous les nouveau-nés qui naissent en France. Dans le cadre d’une recentralisation de ce programme national de dépistage néonatal, la HAS a des missions renforcées.</t>
+  </si>
+  <si>
+    <t>18/11/2021 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296719/fr/depistage-neonatal-la-has-partie-prenante-du-programme-national</t>
+  </si>
+  <si>
+    <t>p_3296719</t>
+  </si>
+  <si>
+    <t>Les check-lists spécialisées</t>
+  </si>
+  <si>
+    <t>Les check-lists spécialisées sont des supports prêts à l’emploi destinés aux équipes de bloc, déclinés à partir de la check-list générique "Sécurité du patient au bloc opératoire" et adaptés aux spécificités de certaines activités interventionnelles.</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330603/fr/les-check-lists-specialisees</t>
+  </si>
+  <si>
+    <t>p_3330603</t>
+  </si>
+  <si>
+    <t>Publications archivées</t>
+  </si>
+  <si>
+    <t>Liste des publications archivées classées par type de document</t>
+  </si>
+  <si>
+    <t>27/03/2013 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1505659/fr/publications-archivees</t>
+  </si>
+  <si>
+    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:J21"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
+      <c r="I3" t="s">
+        <v>17</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="I4" t="s">
+        <v>17</v>
+      </c>
+      <c r="J4" t="s">
         <v>25</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>28</v>
+      </c>
+      <c r="I5" t="s">
+        <v>17</v>
+      </c>
+      <c r="J5" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>31</v>
+      </c>
+      <c r="I6" t="s">
+        <v>32</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>36</v>
+      </c>
+      <c r="I7" t="s">
+        <v>32</v>
+      </c>
+      <c r="J7" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="H8" t="s">
-        <v>53</v>
+        <v>41</v>
+      </c>
+      <c r="I8" t="s">
+        <v>42</v>
+      </c>
+      <c r="J8" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
         <v>47</v>
       </c>
-      <c r="B9" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H9" t="s">
-        <v>59</v>
+        <v>48</v>
+      </c>
+      <c r="I9" t="s">
+        <v>49</v>
+      </c>
+      <c r="J9" t="s">
+        <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="C10" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="D10" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="E10" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="H10" t="s">
-        <v>65</v>
+        <v>56</v>
+      </c>
+      <c r="I10" t="s">
+        <v>57</v>
+      </c>
+      <c r="J10" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="C11" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="D11" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="E11" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="H11" t="s">
-        <v>71</v>
+        <v>63</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="C12" t="s">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="D12" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="E12" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="H12" t="s">
-        <v>77</v>
+        <v>69</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="C13" t="s">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="D13" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="E13" t="s">
-        <v>81</v>
+        <v>73</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="H13" t="s">
-        <v>83</v>
+        <v>75</v>
+      </c>
+      <c r="I13" t="s">
+        <v>12</v>
+      </c>
+      <c r="J13" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>47</v>
+        <v>10</v>
       </c>
       <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E14" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>79</v>
+      </c>
+      <c r="H14" t="s">
+        <v>80</v>
+      </c>
+      <c r="I14" t="s">
+        <v>12</v>
+      </c>
+      <c r="J14" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>83</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
         <v>84</v>
       </c>
+      <c r="H15" t="s">
+        <v>85</v>
+      </c>
+      <c r="I15" t="s">
+        <v>12</v>
+      </c>
+      <c r="J15" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E16" t="s">
+        <v>88</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>89</v>
+      </c>
+      <c r="H16" t="s">
+        <v>90</v>
+      </c>
+      <c r="I16" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>92</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" t="s">
+        <v>93</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>94</v>
+      </c>
+      <c r="H17" t="s">
+        <v>95</v>
+      </c>
+      <c r="I17" t="s">
+        <v>12</v>
+      </c>
+      <c r="J17" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>98</v>
+      </c>
+      <c r="E18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>99</v>
+      </c>
+      <c r="H18" t="s">
+        <v>100</v>
+      </c>
+      <c r="I18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J18" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>101</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>102</v>
+      </c>
+      <c r="E19" t="s">
+        <v>102</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>103</v>
+      </c>
+      <c r="H19" t="s">
+        <v>104</v>
+      </c>
+      <c r="I19" t="s">
+        <v>12</v>
+      </c>
+      <c r="J19" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>107</v>
+      </c>
+      <c r="E20" t="s">
+        <v>107</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>108</v>
+      </c>
+      <c r="H20" t="s">
+        <v>109</v>
+      </c>
+      <c r="I20" t="s">
+        <v>12</v>
+      </c>
+      <c r="J20" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>111</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>107</v>
+      </c>
+      <c r="E21" t="s">
+        <v>107</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>112</v>
+      </c>
+      <c r="H21" t="s">
+        <v>113</v>
+      </c>
+      <c r="I21" t="s">
+        <v>12</v>
+      </c>
+      <c r="J21" t="s">
+        <v>114</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>473</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>475</v>
+      </c>
+      <c r="B2" t="s">
+        <v>476</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>477</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>478</v>
+      </c>
+      <c r="H2" t="s">
+        <v>479</v>
+      </c>
+      <c r="I2" t="s">
+        <v>480</v>
+      </c>
+      <c r="J2" t="s">
+        <v>481</v>
+      </c>
+      <c r="K2" t="s">
+        <v>482</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>483</v>
+      </c>
+      <c r="B2" t="s">
+        <v>484</v>
+      </c>
+      <c r="C2" t="s">
+        <v>485</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>486</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>487</v>
+      </c>
+      <c r="H2" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>483</v>
+      </c>
+      <c r="B3" t="s">
+        <v>489</v>
+      </c>
+      <c r="C3" t="s">
+        <v>490</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>491</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>492</v>
+      </c>
+      <c r="H3" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>483</v>
+      </c>
+      <c r="B4" t="s">
+        <v>494</v>
+      </c>
+      <c r="C4" t="s">
+        <v>495</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>496</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>497</v>
+      </c>
+      <c r="H4" t="s">
+        <v>498</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>115</v>
+      </c>
+      <c r="B2" t="s">
+        <v>116</v>
+      </c>
+      <c r="C2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>120</v>
+      </c>
+      <c r="H2" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D3" t="s">
+        <v>124</v>
+      </c>
+      <c r="E3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>126</v>
+      </c>
+      <c r="H3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>115</v>
+      </c>
+      <c r="B4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D4" t="s">
+        <v>130</v>
+      </c>
+      <c r="E4" t="s">
+        <v>131</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>132</v>
+      </c>
+      <c r="H4" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>115</v>
+      </c>
+      <c r="B5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C5" t="s">
+        <v>135</v>
+      </c>
+      <c r="D5" t="s">
+        <v>136</v>
+      </c>
+      <c r="E5" t="s">
+        <v>136</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>137</v>
+      </c>
+      <c r="H5" t="s">
+        <v>138</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B2" t="s">
+        <v>140</v>
+      </c>
+      <c r="C2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>144</v>
+      </c>
+      <c r="H2" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B3" t="s">
+        <v>146</v>
+      </c>
+      <c r="C3" t="s">
+        <v>147</v>
+      </c>
+      <c r="D3" t="s">
+        <v>142</v>
+      </c>
+      <c r="E3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>139</v>
+      </c>
+      <c r="B4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C4" t="s">
+        <v>151</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>152</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>153</v>
+      </c>
+      <c r="H4" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>139</v>
+      </c>
+      <c r="B5" t="s">
+        <v>155</v>
+      </c>
+      <c r="C5" t="s">
+        <v>156</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>157</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>158</v>
+      </c>
+      <c r="H5" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>139</v>
+      </c>
+      <c r="B6" t="s">
+        <v>160</v>
+      </c>
+      <c r="C6" t="s">
+        <v>161</v>
+      </c>
+      <c r="D6" t="s">
+        <v>162</v>
+      </c>
+      <c r="E6" t="s">
+        <v>163</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>164</v>
+      </c>
+      <c r="H6" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>139</v>
+      </c>
+      <c r="B7" t="s">
+        <v>166</v>
+      </c>
+      <c r="C7" t="s">
+        <v>167</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>168</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>169</v>
+      </c>
+      <c r="H7" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>139</v>
+      </c>
+      <c r="B8" t="s">
+        <v>171</v>
+      </c>
+      <c r="C8" t="s">
+        <v>172</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>173</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>174</v>
+      </c>
+      <c r="H8" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>139</v>
+      </c>
+      <c r="B9" t="s">
+        <v>176</v>
+      </c>
+      <c r="C9" t="s">
+        <v>177</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>178</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>179</v>
+      </c>
+      <c r="H9" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>139</v>
+      </c>
+      <c r="B10" t="s">
+        <v>181</v>
+      </c>
+      <c r="C10" t="s">
+        <v>182</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>183</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>184</v>
+      </c>
+      <c r="H10" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>139</v>
+      </c>
+      <c r="B11" t="s">
+        <v>186</v>
+      </c>
+      <c r="C11" t="s">
+        <v>187</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>188</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>189</v>
+      </c>
+      <c r="H11" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>139</v>
+      </c>
+      <c r="B12" t="s">
+        <v>191</v>
+      </c>
+      <c r="C12" t="s">
+        <v>192</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>193</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>194</v>
+      </c>
+      <c r="H12" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>139</v>
+      </c>
+      <c r="B13" t="s">
+        <v>196</v>
+      </c>
+      <c r="C13" t="s">
+        <v>197</v>
+      </c>
+      <c r="D13" t="s">
+        <v>198</v>
+      </c>
+      <c r="E13" t="s">
+        <v>199</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>200</v>
+      </c>
+      <c r="H13" t="s">
+        <v>201</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>202</v>
+      </c>
+      <c r="B2" t="s">
+        <v>203</v>
+      </c>
+      <c r="C2" t="s">
+        <v>204</v>
+      </c>
+      <c r="D2" t="s">
+        <v>205</v>
+      </c>
+      <c r="E2" t="s">
+        <v>206</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>207</v>
+      </c>
+      <c r="H2" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C3" t="s">
+        <v>210</v>
+      </c>
+      <c r="D3" t="s">
+        <v>211</v>
+      </c>
+      <c r="E3" t="s">
+        <v>212</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>213</v>
+      </c>
+      <c r="H3" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B4" t="s">
+        <v>215</v>
+      </c>
+      <c r="C4" t="s">
+        <v>216</v>
+      </c>
+      <c r="D4" t="s">
+        <v>217</v>
+      </c>
+      <c r="E4" t="s">
+        <v>218</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>219</v>
+      </c>
+      <c r="H4" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>202</v>
+      </c>
+      <c r="B5" t="s">
+        <v>221</v>
+      </c>
+      <c r="C5" t="s">
+        <v>222</v>
+      </c>
+      <c r="D5" t="s">
+        <v>223</v>
+      </c>
+      <c r="E5" t="s">
+        <v>224</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>225</v>
+      </c>
+      <c r="H5" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>202</v>
+      </c>
+      <c r="B6" t="s">
+        <v>227</v>
+      </c>
+      <c r="C6" t="s">
+        <v>228</v>
+      </c>
+      <c r="D6" t="s">
+        <v>229</v>
+      </c>
+      <c r="E6" t="s">
+        <v>230</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>231</v>
+      </c>
+      <c r="H6" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>202</v>
+      </c>
+      <c r="B7" t="s">
+        <v>233</v>
+      </c>
+      <c r="C7" t="s">
+        <v>234</v>
+      </c>
+      <c r="D7" t="s">
+        <v>235</v>
+      </c>
+      <c r="E7" t="s">
+        <v>236</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>237</v>
+      </c>
+      <c r="H7" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>202</v>
+      </c>
+      <c r="B8" t="s">
+        <v>239</v>
+      </c>
+      <c r="C8" t="s">
+        <v>240</v>
+      </c>
+      <c r="D8" t="s">
+        <v>241</v>
+      </c>
+      <c r="E8" t="s">
+        <v>242</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>243</v>
+      </c>
+      <c r="H8" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>202</v>
+      </c>
+      <c r="B9" t="s">
+        <v>245</v>
+      </c>
+      <c r="C9" t="s">
+        <v>246</v>
+      </c>
+      <c r="D9" t="s">
+        <v>247</v>
+      </c>
+      <c r="E9" t="s">
+        <v>248</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>249</v>
+      </c>
+      <c r="H9" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>202</v>
+      </c>
+      <c r="B10" t="s">
+        <v>251</v>
+      </c>
+      <c r="C10" t="s">
+        <v>252</v>
+      </c>
+      <c r="D10" t="s">
+        <v>253</v>
+      </c>
+      <c r="E10" t="s">
+        <v>253</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>254</v>
+      </c>
+      <c r="H10" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>202</v>
+      </c>
+      <c r="B11" t="s">
+        <v>256</v>
+      </c>
+      <c r="C11" t="s">
+        <v>257</v>
+      </c>
+      <c r="D11" t="s">
+        <v>258</v>
+      </c>
+      <c r="E11" t="s">
+        <v>259</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>260</v>
+      </c>
+      <c r="H11" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>202</v>
+      </c>
+      <c r="B12" t="s">
+        <v>262</v>
+      </c>
+      <c r="C12" t="s">
+        <v>263</v>
+      </c>
+      <c r="D12" t="s">
+        <v>264</v>
+      </c>
+      <c r="E12" t="s">
+        <v>265</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>266</v>
+      </c>
+      <c r="H12" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>202</v>
+      </c>
+      <c r="B13" t="s">
+        <v>268</v>
+      </c>
+      <c r="C13" t="s">
+        <v>269</v>
+      </c>
+      <c r="D13" t="s">
+        <v>270</v>
+      </c>
+      <c r="E13" t="s">
+        <v>271</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>272</v>
+      </c>
+      <c r="H13" t="s">
+        <v>273</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>274</v>
+      </c>
+      <c r="B2" t="s">
+        <v>275</v>
+      </c>
+      <c r="C2" t="s">
+        <v>276</v>
+      </c>
+      <c r="D2" t="s">
+        <v>277</v>
+      </c>
+      <c r="E2" t="s">
+        <v>278</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>279</v>
+      </c>
+      <c r="H2" t="s">
+        <v>280</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B2" t="s">
+        <v>227</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>282</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>283</v>
+      </c>
+      <c r="H2" t="s">
+        <v>284</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>285</v>
+      </c>
+      <c r="B2" t="s">
+        <v>286</v>
+      </c>
+      <c r="C2" t="s">
+        <v>287</v>
+      </c>
+      <c r="D2" t="s">
+        <v>288</v>
+      </c>
+      <c r="E2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>290</v>
+      </c>
+      <c r="H2" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>285</v>
+      </c>
+      <c r="B3" t="s">
+        <v>292</v>
+      </c>
+      <c r="C3" t="s">
+        <v>293</v>
+      </c>
+      <c r="D3" t="s">
+        <v>294</v>
+      </c>
+      <c r="E3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>296</v>
+      </c>
+      <c r="H3" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>285</v>
+      </c>
+      <c r="B4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C4" t="s">
+        <v>299</v>
+      </c>
+      <c r="D4" t="s">
+        <v>300</v>
+      </c>
+      <c r="E4" t="s">
+        <v>301</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>302</v>
+      </c>
+      <c r="H4" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>285</v>
+      </c>
+      <c r="B5" t="s">
+        <v>304</v>
+      </c>
+      <c r="C5" t="s">
+        <v>305</v>
+      </c>
+      <c r="D5" t="s">
+        <v>306</v>
+      </c>
+      <c r="E5" t="s">
+        <v>307</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>308</v>
+      </c>
+      <c r="H5" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>285</v>
+      </c>
+      <c r="B6" t="s">
+        <v>310</v>
+      </c>
+      <c r="C6" t="s">
+        <v>311</v>
+      </c>
+      <c r="D6" t="s">
+        <v>312</v>
+      </c>
+      <c r="E6" t="s">
+        <v>313</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>314</v>
+      </c>
+      <c r="H6" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>285</v>
+      </c>
+      <c r="B7" t="s">
+        <v>316</v>
+      </c>
+      <c r="C7" t="s">
+        <v>317</v>
+      </c>
+      <c r="D7" t="s">
+        <v>318</v>
+      </c>
+      <c r="E7" t="s">
+        <v>319</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>320</v>
+      </c>
+      <c r="H7" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>285</v>
+      </c>
+      <c r="B8" t="s">
+        <v>322</v>
+      </c>
+      <c r="C8" t="s">
+        <v>323</v>
+      </c>
+      <c r="D8" t="s">
+        <v>324</v>
+      </c>
+      <c r="E8" t="s">
+        <v>325</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>326</v>
+      </c>
+      <c r="H8" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>285</v>
+      </c>
+      <c r="B9" t="s">
+        <v>328</v>
+      </c>
+      <c r="C9" t="s">
+        <v>329</v>
+      </c>
+      <c r="D9" t="s">
+        <v>330</v>
+      </c>
+      <c r="E9" t="s">
+        <v>331</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>332</v>
+      </c>
+      <c r="H9" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>285</v>
+      </c>
+      <c r="B10" t="s">
+        <v>334</v>
+      </c>
+      <c r="C10" t="s">
+        <v>335</v>
+      </c>
+      <c r="D10" t="s">
+        <v>336</v>
+      </c>
+      <c r="E10" t="s">
+        <v>337</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>338</v>
+      </c>
+      <c r="H10" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>285</v>
+      </c>
+      <c r="B11" t="s">
+        <v>340</v>
+      </c>
+      <c r="C11" t="s">
+        <v>341</v>
+      </c>
+      <c r="D11" t="s">
+        <v>342</v>
+      </c>
+      <c r="E11" t="s">
+        <v>343</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>344</v>
+      </c>
+      <c r="H11" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>285</v>
+      </c>
+      <c r="B12" t="s">
+        <v>346</v>
+      </c>
+      <c r="C12" t="s">
+        <v>347</v>
+      </c>
+      <c r="D12" t="s">
+        <v>348</v>
+      </c>
+      <c r="E12" t="s">
+        <v>349</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>350</v>
+      </c>
+      <c r="H12" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>285</v>
+      </c>
+      <c r="B13" t="s">
+        <v>352</v>
+      </c>
+      <c r="C13" t="s">
+        <v>353</v>
+      </c>
+      <c r="D13" t="s">
+        <v>354</v>
+      </c>
+      <c r="E13" t="s">
+        <v>355</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>356</v>
+      </c>
+      <c r="H13" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>285</v>
+      </c>
+      <c r="B14" t="s">
+        <v>358</v>
+      </c>
       <c r="C14" t="s">
-        <v>85</v>
+        <v>359</v>
       </c>
       <c r="D14" t="s">
-        <v>86</v>
+        <v>360</v>
       </c>
       <c r="E14" t="s">
-        <v>87</v>
+        <v>361</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>88</v>
+        <v>362</v>
       </c>
       <c r="H14" t="s">
-        <v>89</v>
+        <v>363</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>285</v>
+      </c>
+      <c r="B15" t="s">
+        <v>364</v>
+      </c>
+      <c r="C15" t="s">
+        <v>365</v>
+      </c>
+      <c r="D15" t="s">
+        <v>366</v>
+      </c>
+      <c r="E15" t="s">
+        <v>367</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>368</v>
+      </c>
+      <c r="H15" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>285</v>
+      </c>
+      <c r="B16" t="s">
+        <v>370</v>
+      </c>
+      <c r="C16" t="s">
+        <v>371</v>
+      </c>
+      <c r="D16" t="s">
+        <v>372</v>
+      </c>
+      <c r="E16" t="s">
+        <v>373</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>374</v>
+      </c>
+      <c r="H16" t="s">
+        <v>375</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>377</v>
+      </c>
+      <c r="B2" t="s">
+        <v>378</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>379</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>380</v>
+      </c>
+      <c r="H2" t="s">
+        <v>381</v>
+      </c>
+      <c r="I2" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>377</v>
+      </c>
+      <c r="B3" t="s">
+        <v>383</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>384</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>385</v>
+      </c>
+      <c r="H3" t="s">
+        <v>386</v>
+      </c>
+      <c r="I3" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>377</v>
+      </c>
+      <c r="B4" t="s">
+        <v>378</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>387</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>388</v>
+      </c>
+      <c r="H4" t="s">
+        <v>389</v>
+      </c>
+      <c r="I4" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>377</v>
+      </c>
+      <c r="B5" t="s">
+        <v>390</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>391</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>392</v>
+      </c>
+      <c r="H5" t="s">
+        <v>393</v>
+      </c>
+      <c r="I5" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>377</v>
+      </c>
+      <c r="B6" t="s">
+        <v>394</v>
+      </c>
+      <c r="C6" t="s">
+        <v>395</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>396</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>397</v>
+      </c>
+      <c r="H6" t="s">
+        <v>398</v>
+      </c>
+      <c r="I6" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>377</v>
+      </c>
+      <c r="B7" t="s">
+        <v>400</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>401</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>402</v>
+      </c>
+      <c r="H7" t="s">
+        <v>403</v>
+      </c>
+      <c r="I7" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>377</v>
+      </c>
+      <c r="B8" t="s">
+        <v>404</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>405</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>406</v>
+      </c>
+      <c r="H8" t="s">
+        <v>407</v>
+      </c>
+      <c r="I8" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>377</v>
+      </c>
+      <c r="B9" t="s">
+        <v>408</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>409</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>410</v>
+      </c>
+      <c r="H9" t="s">
+        <v>411</v>
+      </c>
+      <c r="I9" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>377</v>
+      </c>
+      <c r="B10" t="s">
+        <v>412</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>413</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>414</v>
+      </c>
+      <c r="H10" t="s">
+        <v>415</v>
+      </c>
+      <c r="I10" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>377</v>
+      </c>
+      <c r="B11" t="s">
+        <v>416</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>417</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>418</v>
+      </c>
+      <c r="H11" t="s">
+        <v>419</v>
+      </c>
+      <c r="I11" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>377</v>
+      </c>
+      <c r="B12" t="s">
+        <v>420</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>421</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>422</v>
+      </c>
+      <c r="H12" t="s">
+        <v>423</v>
+      </c>
+      <c r="I12" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>377</v>
+      </c>
+      <c r="B13" t="s">
+        <v>424</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>425</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>426</v>
+      </c>
+      <c r="H13" t="s">
+        <v>427</v>
+      </c>
+      <c r="I13" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>377</v>
+      </c>
+      <c r="B14" t="s">
+        <v>428</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>429</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>430</v>
+      </c>
+      <c r="H14" t="s">
+        <v>431</v>
+      </c>
+      <c r="I14" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>377</v>
+      </c>
+      <c r="B15" t="s">
+        <v>432</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>433</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>434</v>
+      </c>
+      <c r="H15" t="s">
+        <v>435</v>
+      </c>
+      <c r="I15" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>377</v>
+      </c>
+      <c r="B16" t="s">
+        <v>436</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>437</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>438</v>
+      </c>
+      <c r="H16" t="s">
+        <v>439</v>
+      </c>
+      <c r="I16" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>377</v>
+      </c>
+      <c r="B17" t="s">
+        <v>440</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>441</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>442</v>
+      </c>
+      <c r="H17" t="s">
+        <v>443</v>
+      </c>
+      <c r="I17" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>377</v>
+      </c>
+      <c r="B18" t="s">
+        <v>444</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>445</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>446</v>
+      </c>
+      <c r="H18" t="s">
+        <v>447</v>
+      </c>
+      <c r="I18" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>377</v>
+      </c>
+      <c r="B19" t="s">
+        <v>448</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>449</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>450</v>
+      </c>
+      <c r="H19" t="s">
+        <v>451</v>
+      </c>
+      <c r="I19" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>377</v>
+      </c>
+      <c r="B20" t="s">
+        <v>452</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>453</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>454</v>
+      </c>
+      <c r="H20" t="s">
+        <v>455</v>
+      </c>
+      <c r="I20" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>377</v>
+      </c>
+      <c r="B21" t="s">
+        <v>456</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>457</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>458</v>
+      </c>
+      <c r="H21" t="s">
+        <v>459</v>
+      </c>
+      <c r="I21" t="s">
+        <v>382</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>460</v>
+      </c>
+      <c r="B2" t="s">
+        <v>461</v>
+      </c>
+      <c r="C2" t="s">
+        <v>462</v>
+      </c>
+      <c r="D2" t="s">
+        <v>463</v>
+      </c>
+      <c r="E2" t="s">
+        <v>464</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>465</v>
+      </c>
+      <c r="H2" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>460</v>
+      </c>
+      <c r="B3" t="s">
+        <v>467</v>
+      </c>
+      <c r="C3" t="s">
+        <v>468</v>
+      </c>
+      <c r="D3" t="s">
+        <v>469</v>
+      </c>
+      <c r="E3" t="s">
+        <v>470</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>471</v>
+      </c>
+      <c r="H3" t="s">
+        <v>472</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>