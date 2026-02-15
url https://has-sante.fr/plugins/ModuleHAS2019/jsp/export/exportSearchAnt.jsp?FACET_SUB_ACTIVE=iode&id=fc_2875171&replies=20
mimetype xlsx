--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -1,4589 +1,741 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...8 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="877" uniqueCount="493">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="90">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>EAGLE EYE PLATINUM ST</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Irreversible secondary or degenerative parkinsonian syndromes</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/15/2021 09:09:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>23/09/2025 00:00:00</t>
-[...365 lines deleted...]
-    <t>Si le cancer de la prostate est en terme d'incidence le 2ème cancer chez l'homme, il n'arrive qu'en 7ème position en terme de mortalité. Le dosage de l'Antigène Spécifique de la Prostate (PSA) est très largement prescrit dans le cadre d'un dépistage individuel. Cette recommandation porte sur l'opportunité de la mise en place d'un dépistage systématique du cancer de la prostate par le dosage du PSA. A partir d'une analyse crtitique de la littérature, les dix critères établis par l'Organisation Mondiale de la Santé permettant de juger de la pertinence du dépistage d'une maladie ont été passés en revue. Une analyse médico-économique a également été réalisée.</t>
+    <t>https://www.has-sante.fr/jcms/c_546220/en/irreversible-secondary-or-degenerative-parkinsonian-syndromes</t>
+  </si>
+  <si>
+    <t>c_546220</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_461999/fr/opportunite-d-un-depistage-systematique-du-cancer-de-la-prostate-par-le-dosage-de-l-antigene-specifique-de-la-prostate</t>
+    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...329 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Rééducation de l’entorse externe de la cheville</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Guide usagers</t>
-[...119 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Évaluation de la radiothérapie peropératoire (RTPO) dans le cancer du sein</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2562276/fr/evaluation-de-la-radiotherapie-peroperatoire-rtpo-dans-le-cancer-du-sein</t>
+    <t>Assessment of intraoperative radiotherapy (IORT) in breast cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions of this assessment focus on intraoperative radiotherapy (IORT), in women undergoing lumpectomy (breast-conserving surgery) and adjuvant radiotherapy for early breast cancer, in order for it to be refunded by the National Health Insurance. IORT was compared to standard whole-breast irradiation</t>
+  </si>
+  <si>
+    <t>04/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/18/2016 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2562276/en/assessment-of-intraoperative-radiotherapy-iort-in-breast-cancer-inahta-brief</t>
   </si>
   <si>
     <t>c_2562276</t>
   </si>
   <si>
-    <t>Alternative(s) à la scintigraphie de perfusion en cas de suspicion d’embolie pulmonaire non massive chez la femme enceinte dans l’hypothèse d’une pénurie complète en technétium-99m</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620035/fr/alternative-s-a-la-scintigraphie-de-perfusion-en-cas-de-suspicion-d-embolie-pulmonaire-non-massive-chez-la-femme-enceinte-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
+    <t>Alternative(s) to perfusion scintigraphy in case of suspected non-massive pulmonary embolism in pregnant women in the event of a complete shortage of technetium-99m - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Due to several periods of worldwide supply shortage of technetium-99m (Tc-99m), a radioactive element needed to perform lung perfusion scintigraphy in case of suspected non-massive pulmonary embolism (PE), the Ministry of Health (DGS) asked HAS to determine if, in the event of complete shortage of this isotope, one (or more) test(s) could replace it without risk to the pregnant woman. Currently, Tc-99m lung perfusion scintigraphy is the medical imaging test of choice in pregnant women initially without signs of shock or hypotension (especially if the triage chest x-ray is normal) when this test is readily accessible for the clinician. Offering good diagnostic performances, lung perfusion scintigraphy is not very radiating for the mother and foetus. The objective of this assessment was not to question the current standard strategy in this situation or to establish good practice guidelines</t>
+  </si>
+  <si>
+    <t>02/17/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
   </si>
   <si>
     <t>c_2620035</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
+    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions in this assessment focus on the sialendoscopy technique (endoscopy of the major salivary ducts: parotid and submandibular gland in order for it to be refunded by National Health Insurance. They have been grouped into three main topics: • the ability of the technique to diagnose a non-neoplastic condition causing salivary obstruction; • its ability to treat obstructive-type salivary conditions with a favourable benefit-risk balance by improving patient management; • the conditions for performing this procedure</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
   </si>
   <si>
     <t>c_1164340</t>
   </si>
   <si>
-    <t>Alternative(s) à la scintigraphie préopératoire lors du bilan de localisation des glandes parathyroïdes hypersécrétantes dans l’hypothèse d’une pénurie complète en technétium-99m</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2011763/fr/alternative-s-a-la-scintigraphie-preoperatoire-lors-du-bilan-de-localisation-des-glandes-parathyroides-hypersecretantes-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
+    <t>Alternative(s) to 99mTc-sestamibi preoperative scintigraphy for the localization of hypersecreting parathyroid glands in the event of complete shortage of 99mTechnetium (99mTc) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Due to several periods of shortage of 99m-Technetium (Tc-99m) supply- a radioactive element needed to perform preoperative Tc-99m-sestamibi scintigraphy in certain cases of hyperparathyroidism (HPT)- the Directorate General for Health (DGS) asked HAS to determine if, in the event of complete shortage of Tc-99m, one (or more) test(s) could replace it without risk to patients. The objective of this assessment is therefore not to call the reference strategy into question. Following laboratory confirmation of HPT, the preoperative first-line strategy provides for the combination of cervical ultrasonography (US) and 99mTc scintigraphy… Currently, 99mTc scintigraphy in addition to US is used to: • confirm the nature of a suspicious lesion seen on US; • detect a eutopic or ectopic abnormal parathyroid gland not seen on US. The imaging test(s) for the preoperative assessment are requested by the surgeon or endocrinologist, who always work together in collaboration, particularly with the nuclear medicine and radiology team</t>
+  </si>
+  <si>
+    <t>04/24/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/24/2015 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011763/en/alternative-s-to-99mtc-sestamibi-preoperative-scintigraphy-for-the-localization-of-hypersecreting-parathyroid-glands-in-the-event-of-complete-shortage-of-99mtechnetium-99mtc-inahta-brief</t>
   </si>
   <si>
     <t>c_2011763</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Destruction par ultrasons focalisés de haute intensité (HIFU) par voie rectale d’un adénocarcinome localisé de la prostate</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1019703/fr/destruction-par-ultrasons-focalises-de-haute-intensite-hifu-par-voie-rectale-d-un-adenocarcinome-localise-de-la-prostate</t>
+    <t>High Intensity Focused Ultrasound (HIFU) for the treatment of localized prostate cancer</t>
+  </si>
+  <si>
+    <t>To evaluate the clinical effectiveness of HIFU therapy for early localized prostate cancer. HIFU therapy is applied as primary treatment for low and intermediate risk localized prostate cancer (T1-2 NxM0) in patients older than 70 years, and for local recurrence of prostate cancer after radiotherapy failure</t>
+  </si>
+  <si>
+    <t>12/16/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2011 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019703/en/high-intensity-focused-ultrasound-hifu-for-the-treatment-of-localized-prostate-cancer</t>
   </si>
   <si>
     <t>c_1019703</t>
-  </si>
-[...403 lines deleted...]
-    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J21"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="I3" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>28</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="B8" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="E8" t="s">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="H8" t="s">
-        <v>41</v>
-[...5 lines deleted...]
-        <v>43</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="B9" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="H9" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>50</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="E10" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="H10" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>58</v>
+        <v>65</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
       <c r="D11" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="E11" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="B12" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C12" t="s">
-        <v>12</v>
+        <v>73</v>
       </c>
       <c r="D12" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="E12" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="H12" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>70</v>
+        <v>77</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="B13" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C13" t="s">
-        <v>12</v>
+        <v>79</v>
       </c>
       <c r="D13" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="E13" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="H13" t="s">
-        <v>75</v>
-[...5 lines deleted...]
-        <v>76</v>
+        <v>83</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="B14" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C14" t="s">
-        <v>12</v>
+        <v>85</v>
       </c>
       <c r="D14" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="F14" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="H14" t="s">
-        <v>80</v>
-[...59 lines deleted...]
-      <c r="G16" t="s">
         <v>89</v>
-      </c>
-[...2468 lines deleted...]
-        <v>466</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>