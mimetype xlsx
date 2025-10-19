--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -1,3122 +1,327 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="621" uniqueCount="321">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>YERVOY (ipilimumab)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>04/04/2018 15:20:00</t>
-[...866 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983154/fr/yervoy-ipilimumab</t>
+    <t>10/16/2025 12:35:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983154/en/yervoy-ipilimumab</t>
   </si>
   <si>
     <t>pprd_2983154</t>
   </si>
   <si>
     <t>ipilimumab</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1189034/fr/yervoy-melanome-2eme-ligne-ipilimumab</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3700080/fr/opdivo/yervoy-nivolumab/ipilimumab-cancer-colorectal-crc</t>
+    <t>https://www.has-sante.fr/jcms/c_1189034/en/yervoy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701283/en/yervoy-melanome-2eme-ligne-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1779495/en/yervoy-ipilimumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769366/en/yervoy-ipilimumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867431/en/yervoy-melanome-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863559/en/yervoy-ipilimumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097610/en/opdivo-yervoy-carcinome-renal-1ere-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272283/en/opdivo/yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287835/en/opdivo-nivolumab-et-yervoy-ipilimumab-mesotheliome-pleural-malin-non-resecable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290311/en/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381119/en/opdivo-/-yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478087/en/opdivo-yervoy-ipilimumab/nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481901/en/opdivo/yervoy-nivolumab/ipilimumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481898/en/opdivo/yervoy-nivolumab/ipilimumab-advanced-melanoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574980/en/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700080/en/opdivo/yervoy-nivolumab/ipilimumab-cancer-colorectal-crc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...9 lines deleted...]
-      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="I2" t="s">
         <v>17</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="H3" t="s">
+      <c r="K2" t="s">
         <v>19</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="L2" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
+      <c r="M2" t="s">
         <v>21</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="N2" t="s">
         <v>22</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="O2" t="s">
         <v>23</v>
       </c>
-      <c r="H4" t="s">
+      <c r="P2" t="s">
         <v>24</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B5" t="s">
+      <c r="Q2" t="s">
         <v>25</v>
       </c>
-      <c r="C5" t="s">
+      <c r="R2" t="s">
         <v>26</v>
       </c>
-      <c r="D5" t="s">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="S2" t="s">
         <v>27</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="T2" t="s">
         <v>28</v>
       </c>
-      <c r="H5" t="s">
+      <c r="U2" t="s">
         <v>29</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B6" t="s">
+      <c r="V2" t="s">
         <v>30</v>
       </c>
-      <c r="C6" t="s">
+      <c r="W2" t="s">
         <v>31</v>
       </c>
-      <c r="D6" t="s">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="X2" t="s">
         <v>32</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="Y2" t="s">
         <v>33</v>
       </c>
-      <c r="H6" t="s">
+      <c r="Z2" t="s">
         <v>34</v>
-      </c>
-[...1885 lines deleted...]
-        <v>320</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>