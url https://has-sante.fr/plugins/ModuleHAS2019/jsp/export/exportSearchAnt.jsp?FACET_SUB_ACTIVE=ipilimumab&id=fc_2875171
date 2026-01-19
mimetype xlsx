--- v1 (2025-10-19)
+++ v2 (2026-01-19)
@@ -1,327 +1,3122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="621" uniqueCount="321">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Syndrome de Guillain-Barré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Guillain-Barré. Il a été élaboré par la Filière de Santé Maladies Rares Neuromusculaires FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299758/fr/syndrome-de-guillain-barre</t>
+  </si>
+  <si>
+    <t>p_3299758</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 septembre 2025</t>
+  </si>
+  <si>
+    <t>17/09/2025 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685842/fr/commission-de-la-transparence-reunion-du-24-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3685842</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 septembre 2025</t>
+  </si>
+  <si>
+    <t>03/09/2025 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643451/fr/commission-de-la-transparence-reunion-du-10-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3643451</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 novembre 2024</t>
+  </si>
+  <si>
+    <t>21/11/2024 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3558226/fr/commission-de-la-transparence-reunion-du-27-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3558226</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 Décembre 2022</t>
+  </si>
+  <si>
+    <t>09/12/2022 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395017/fr/commission-de-la-transparence-reunion-du-14-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3395017</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 Octobre 2022</t>
+  </si>
+  <si>
+    <t>14/10/2022 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377685/fr/commission-de-la-transparence-reunion-du-19-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3377685</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 Septembre 2022</t>
+  </si>
+  <si>
+    <t>20/09/2022 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367227/fr/commission-de-la-transparence-reunion-du-21-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3367227</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 29 mars 2022</t>
+  </si>
+  <si>
+    <t>24/03/2022 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326010/fr/ceesp-reunion-du-29-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3326010</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 14 décembre 2021</t>
+  </si>
+  <si>
+    <t>07/12/2021 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303630/fr/ceesp-reunion-du-14-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3303630</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion  du 17 novembre 2021</t>
+  </si>
+  <si>
+    <t>04/11/2021 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296677/fr/commission-de-la-transparence-reunion-du-17-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3296677</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion  du 3 novembre 2021</t>
+  </si>
+  <si>
+    <t>27/10/2021 18:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295346/fr/commission-de-la-transparence-reunion-du-3-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3295346</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 octobre 2021</t>
+  </si>
+  <si>
+    <t>29/09/2021 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289519/fr/commission-de-la-transparence-reunion-a-distance-du-6-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3289519</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29 septembre 2021</t>
+  </si>
+  <si>
+    <t>24/09/2021 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288715/fr/college-deliberatif-du-29-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3288715</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 23 septembre 2021</t>
+  </si>
+  <si>
+    <t>20/09/2021 08:54:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286945/fr/college-deliberatif-du-23-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3286945</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 22 septembre 2021</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286370/fr/commission-de-la-transparence-reunion-du-22-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3286370</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 15 septembre 2021</t>
+  </si>
+  <si>
+    <t>09/09/2021 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285832/fr/commission-de-la-transparence-reunion-a-distance-du-15-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3285832</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 21 juillet 2021</t>
+  </si>
+  <si>
+    <t>15/07/2021 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3277677/fr/commission-de-la-transparence-reunion-a-distance-du-21-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3277677</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 juin 2021</t>
+  </si>
+  <si>
+    <t>09/06/2021 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271014/fr/commission-de-la-transparence-reunion-a-distance-du-16-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3271014</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 21 avril 2021</t>
+  </si>
+  <si>
+    <t>16/04/2021 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261408/fr/commission-de-la-transparence-reunion-a-distance-du-21-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3261408</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 octobre 2019</t>
+  </si>
+  <si>
+    <t>11/10/2019 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112411/fr/ceesp-reunion-du-15-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3112411</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 juillet 2019</t>
+  </si>
+  <si>
+    <t>10/07/2019 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3068971/fr/ceesp-reunion-du-16-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3068971</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2019</t>
+  </si>
+  <si>
+    <t>16/05/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968693/fr/commission-de-la-transparence-reunion-du-10-juillet-2019</t>
+  </si>
+  <si>
+    <t>c_2968693</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 février 2019</t>
+  </si>
+  <si>
+    <t>07/02/2019 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903342/fr/college-deliberatif-du-13-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2903342</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 février 2019</t>
+  </si>
+  <si>
+    <t>01/02/2019 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902316/fr/college-deliberatif-du-6-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2902316</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2018</t>
+  </si>
+  <si>
+    <t>14/11/2018 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884230/fr/commission-de-la-transparence-reunion-du-21-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2884230</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 juin 2018</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854315/fr/commission-de-la-transparence-reunion-du-13-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2854315</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 juin 2017</t>
+  </si>
+  <si>
+    <t>31/05/2017 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2771625/fr/commission-de-la-transparence-reunion-du-7-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2771625</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 mai 2017</t>
+  </si>
+  <si>
+    <t>10/05/2017 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761716/fr/commission-de-la-transparence-reunion-du-17-mai-2017</t>
+  </si>
+  <si>
+    <t>c_2761716</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 avril 2017</t>
+  </si>
+  <si>
+    <t>12/04/2017 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756298/fr/commission-de-la-transparence-reunion-du-19-avril-2017</t>
+  </si>
+  <si>
+    <t>c_2756298</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 décembre 2016</t>
+  </si>
+  <si>
+    <t>01/12/2016 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2727284/fr/commission-de-la-transparence-reunion-du-7-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2727284</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 22 mars 2016</t>
+  </si>
+  <si>
+    <t>17/10/2016 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678011/fr/ceesp-reunion-du-22-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2678011</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 13 septembre 2016</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678037/fr/ceesp-reunion-du-13-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2678037</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>15/01/2016 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588300/fr/college-deliberatif-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2588300</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 janvier 2016</t>
+  </si>
+  <si>
+    <t>08/01/2016 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586990/fr/college-deliberatif-du-13-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2586990</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 16 décembre 2015</t>
+  </si>
+  <si>
+    <t>11/12/2015 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580701/fr/college-deliberatif-du-16-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2580701</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>04/11/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568255/fr/commission-de-la-transparence-reunion-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2015</t>
+  </si>
+  <si>
+    <t>14/10/2015 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563061/fr/commission-de-la-transparence-reunion-du-21-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2563061</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 octobre 2014</t>
+  </si>
+  <si>
+    <t>20/10/2014 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769248/fr/commission-de-la-transparence-reunion-du-22-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1769248</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 juillet 2014</t>
+  </si>
+  <si>
+    <t>18/07/2014 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754785/fr/commission-de-la-transparence-reunion-du-23-juillet-2014</t>
+  </si>
+  <si>
+    <t>c_1754785</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 novembre 2013</t>
+  </si>
+  <si>
+    <t>09/12/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671979/fr/commission-de-la-transparence-reunion-du-6-novembre-2013</t>
+  </si>
+  <si>
+    <t>c_1671979</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2013</t>
+  </si>
+  <si>
+    <t>26/06/2013 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603005/fr/commission-de-la-transparence-reunion-du-26-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1603005</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 22 mai 2012</t>
+  </si>
+  <si>
+    <t>27/11/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336845/fr/ceesp-reunion-du-22-mai-2012</t>
+  </si>
+  <si>
+    <t>c_1336845</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 octobre 2012</t>
+  </si>
+  <si>
+    <t>03/10/2012 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1314598/fr/commission-de-la-transparence-reunion-du-3-octobre-2012</t>
+  </si>
+  <si>
+    <t>c_1314598</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 décembre 2011</t>
+  </si>
+  <si>
+    <t>14/12/2011 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147992/fr/commission-de-la-transparence-reunion-du-14-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1147992</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité FOSRENOL par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>19/10/2011 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104210/fr/commission-de-la-transparence-reunion-du-19-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1104210</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0347/DC/SEM du 12 décembre 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce des spécialités OPDIVO (nivolumab) et YERVOY (ipilimumab) en association</t>
+  </si>
+  <si>
+    <t>Refus d'autorisation d’accès précoce à l'association OPDIVO (nivolumab) et YERVOY (ipilimumab), dans l'indication « en première ligne, dans le traitement des patients adultes atteints d'un cancer colorectal (CRC) non résécable ou métastatique présentant une déficience du système de réparation des mésappariements de l’ADN (dMMR) ou une instabilité microsatellitaire élevée (MSI-H). »</t>
+  </si>
+  <si>
+    <t>12/12/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>20/12/2024 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575001/fr/decision-n-2024-0347/dc/sem-du-12-decembre-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-des-specialites-opdivo-nivolumab-et-yervoy-ipilimumab-en-association</t>
+  </si>
+  <si>
+    <t>p_3575001</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0254/DC/SEM du 29 septembre 2021 du collège de la Haute Autorité de santé portant refus d’accès précoce de l'association OPDIVO (nivolumab) et YERVOY (ipilimumab)</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne l'association OPDIVO (nivolumab) et YERVOY (ipilimumab), dans l'indication « OPDIVO est indiqué en association à l’ipilimumab, dans le traitement des patients adultes atteints d’un cancer colorectal métastatique (CCRm) avec une déficience du système de réparation des mésappariements de l’ADN (dMMR) ou une instabilité microsatellitaire élevée (MSI-H), après une association antérieure de chimiothérapie à base de fluoropyrimidine, n’ayant pas reçu un traitement antérieur par immunothérapie et présentant un score ECOG de 0 ou 1. YERVOY est indiqué en association au nivolumab, dans le traitement des patients adultes atteints d’un cancer colorectal métastatique avec une déficience du système de réparation des mésappariements de l’ADN (dMMR) ou une instabilité microsatellitaire élevée (MSI-H), après une association antérieure de chimiothérapie à base de fluoropyrimidine, n’ayant pas reçu un traitement antérieur par immunothérapie et présentant un score ECOG de 0 ou 1 ».</t>
+  </si>
+  <si>
+    <t>29/09/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>04/10/2021 17:48:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290307/fr/decision-n-2021-0254/dc/sem-du-29-septembre-2021-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-l-association-opdivo-nivolumab-et-yervoy-ipilimumab</t>
+  </si>
+  <si>
+    <t>p_3290307</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0249/DC/SEM du 23 septembre 2021 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de l'association OPDIVO et YERVOY</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne l'association OPDIVO (nivolumab) et YERVOY (ipilimumab), dans l'indication « OPDIVO est indiqué en association à l’ipilimumab, en première ligne, dans le traitement des patients adultes atteints d’un mésothéliome pleural malin non résécable. YERVOY est indiqué en association au nivolumab, en première ligne, dans le traitement des patients adultes atteints d’un mésothéliome pleural malin non résécable ».</t>
+  </si>
+  <si>
+    <t>23/09/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>24/09/2021 17:09:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288425/fr/decision-n-2021-0249/dc/sem-du-23-septembre-2021-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-l-association-opdivo-et-yervoy</t>
+  </si>
+  <si>
+    <t>p_3288425</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0219/DC/SEESP du 26 août 2021 du collège de la Haute Autorité de santé constatant l’impact significatif du produit OPDIVO (nivolumab) sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 26 août 2021 a constaté l'impact significatif du produit OPDIVO (nivolumab) sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : « en association avec YERVOY (ipilimumab) dans le traitement de 1ère ligne des patients adultes atteints de mésothéliome pleural malin non résécable ».</t>
+  </si>
+  <si>
+    <t>26/08/2021 10:40:00</t>
+  </si>
+  <si>
+    <t>08/09/2021 12:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285103/fr/decision-n-2021-0219/dc/seesp-du-26-aout-2021-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-opdivo-nivolumab-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3285103</t>
+  </si>
+  <si>
+    <t>Décision n° 2019.0024/DC/SEESP du 13 février 2019 du collège de la Haute Autorité de santé constatant l’impact significatif du produit OPDIVO en association à l'ipilimumab sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 13 février 2019 a constaté l'impact significatif du produit OPDIVO en association à l'ipilimumab sur les dépenses de l'assurance maladie. En conséquence, la Commission évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication du traitement en première ligne des patients adultes atteints d’un carcinome à cellules rénales avancé de pronostic intermédiaire/défavorable.</t>
+  </si>
+  <si>
+    <t>13/02/2019 10:40:00</t>
+  </si>
+  <si>
+    <t>25/02/2019 16:08:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906819/fr/decision-n-2019-0024/dc/seesp-du-13-fevrier-2019-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-opdivo-en-association-a-l-ipilimumab-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>c_2906819</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0131/DC/SEM du 5 septembre 2018 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de KEYTRUDA® (pembrolizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de KEYTRUDA® (pembrolizumab) dans le cadre d’une recommandation temporaire d’utilisation, dans l’indication « Traitement adjuvant des patients adultes atteint d’un mélanome de stade III après résection complète. », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>05/09/2018 14:19:00</t>
+  </si>
+  <si>
+    <t>14/09/2018 15:30:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870057/fr/decision-n-2018-0131/dc/sem-du-5-septembre-2018-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-keytruda-pembrolizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2870057</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0132/DC/SEM du 5 septembre 2018 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire d’OPDIVO® (nivolumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire d’OPDIVO® (nivolumab), dans le cadre d’une recommandation temporaire d’utilisation, indiqué « en monothérapie dans le traitement adjuvant des patients adultes atteints d’un mélanome de stade III ou IV, après résection complète. », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>05/09/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870066/fr/decision-n-2018-0132/dc/sem-du-5-septembre-2018-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-opdivo-nivolumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2870066</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0001/AC/SEESP du 13 janvier 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité OPDIVO (nivolumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>13/01/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>21/03/2017 11:39:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751756/fr/avis-n-2016-0001/ac/seesp-du-13-janvier-2016-du-college-de-la-haute-autorite-de-sante-sur-l-efficience-de-la-prise-en-charge-par-l-assurance-maladie-de-la-specialite-opdivo-nivolumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2751756</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0027/AC/SEESP du 16 mars 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>Avis N° 2016.0027/AC/SEESP du 16 mars 2016 du collège de la Haute Autorité de santé sur l'efficience de la prise en charge par l'assurance maladie de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique"</t>
+  </si>
+  <si>
+    <t>16/03/2016 16:52:00</t>
+  </si>
+  <si>
+    <t>21/03/2017 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751763/fr/avis-n-2016-0027/ac/seesp-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-sur-l-efficience-de-la-prise-en-charge-par-l-assurance-maladie-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2751763</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0096/DC/SEM/SEESP du 18 mai 2016 du collège de la Haute Autorité de santé adoptant la recommandation intitulée « Prise en charge du mélanome par les nouvelles immunothérapies Anti-PD1 OPDIVO et KEYTRUDA »</t>
+  </si>
+  <si>
+    <t>La recommandation intitulée « Prise en charge du mélanome par les nouvelles immunothérapies Anti-PD1 OPDIVO et KEYTRUDA », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>18/05/2016 16:10:00</t>
+  </si>
+  <si>
+    <t>07/07/2016 11:55:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2641055/fr/decision-n2016-0096/dc/sem/seesp-du-18-mai-2016-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-intitulee-prise-en-charge-du-melanome-par-les-nouvelles-immunotherapies-anti-pd1-opdivo-et-keytruda</t>
+  </si>
+  <si>
+    <t>c_2641055</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0025/AC/SEM du 16 mars 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>16/03/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620216/fr/avis-n-2016-0025/ac/sem-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2620216</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0002/AC/SEM du 13 janvier 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité OPDIVO (nivolumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>13/01/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:25:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588709/fr/avis-n-2016-0002/ac/sem-du-13-janvier-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-opdivo-nivolumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2588709</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>YERVOY (ipilimumab)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983154/en/yervoy-ipilimumab</t>
+    <t>16/10/2025 12:35:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983154/fr/yervoy-ipilimumab</t>
   </si>
   <si>
     <t>pprd_2983154</t>
   </si>
   <si>
     <t>ipilimumab</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1189034/en/yervoy</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3700080/en/opdivo/yervoy-nivolumab/ipilimumab-cancer-colorectal-crc</t>
+    <t>https://www.has-sante.fr/jcms/c_1189034/fr/yervoy-melanome-2eme-ligne-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701283/fr/yervoy-melanome-2eme-ligne-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1779495/fr/yervoy-1ere-ligne-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769366/fr/yervoy-melanome-2eme-ligne-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867431/fr/yervoy-melanome-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863559/fr/yervoy-melanome-ipilimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097610/fr/opdivo-yervoy-carcinome-renal-1ere-ligne-nivolumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272283/fr/opdivo/yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287835/fr/opdivo-nivolumab-et-yervoy-ipilimumab-mesotheliome-pleural-malin-non-resecable</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290311/fr/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381119/fr/opdivo-/-yervoy-nivolumab/ipilimumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478087/fr/opdivo-yervoy-ipilimumab/nivolumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481901/fr/opdivo/yervoy-nivolumab/ipilimumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481898/fr/opdivo/yervoy-nivolumab/ipilimumab-melanome-avance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574980/fr/opdivo-nivolumab-et-yervoy-ipilimumab-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700080/fr/opdivo/yervoy-nivolumab/ipilimumab-cancer-colorectal-crc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Z2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I48"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H3" t="s">
+        <v>45</v>
+      </c>
+      <c r="I3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>48</v>
+      </c>
+      <c r="H4" t="s">
+        <v>49</v>
+      </c>
+      <c r="I4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I5" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6" t="s">
+        <v>57</v>
+      </c>
+      <c r="I6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H7" t="s">
+        <v>61</v>
+      </c>
+      <c r="I7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>63</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8" t="s">
+        <v>65</v>
+      </c>
+      <c r="I8" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>68</v>
+      </c>
+      <c r="H9" t="s">
+        <v>69</v>
+      </c>
+      <c r="I9" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>72</v>
+      </c>
+      <c r="H10" t="s">
+        <v>73</v>
+      </c>
+      <c r="I10" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>76</v>
+      </c>
+      <c r="H11" t="s">
+        <v>77</v>
+      </c>
+      <c r="I11" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>79</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>80</v>
+      </c>
+      <c r="H12" t="s">
+        <v>81</v>
+      </c>
+      <c r="I12" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" t="s">
+        <v>82</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>83</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>84</v>
+      </c>
+      <c r="H13" t="s">
+        <v>85</v>
+      </c>
+      <c r="I13" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>87</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>88</v>
+      </c>
+      <c r="H14" t="s">
+        <v>89</v>
+      </c>
+      <c r="I14" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" t="s">
+        <v>90</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>91</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>92</v>
+      </c>
+      <c r="H15" t="s">
+        <v>93</v>
+      </c>
+      <c r="I15" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>95</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>96</v>
+      </c>
+      <c r="H16" t="s">
+        <v>97</v>
+      </c>
+      <c r="I16" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>99</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>100</v>
+      </c>
+      <c r="H17" t="s">
+        <v>101</v>
+      </c>
+      <c r="I17" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" t="s">
+        <v>102</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>103</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>104</v>
+      </c>
+      <c r="H18" t="s">
+        <v>105</v>
+      </c>
+      <c r="I18" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>36</v>
+      </c>
+      <c r="B19" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>107</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>108</v>
+      </c>
+      <c r="H19" t="s">
+        <v>109</v>
+      </c>
+      <c r="I19" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>111</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>112</v>
+      </c>
+      <c r="H20" t="s">
+        <v>113</v>
+      </c>
+      <c r="I20" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B21" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>115</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>116</v>
+      </c>
+      <c r="H21" t="s">
+        <v>117</v>
+      </c>
+      <c r="I21" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>36</v>
+      </c>
+      <c r="B22" t="s">
+        <v>118</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>119</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>120</v>
+      </c>
+      <c r="H22" t="s">
+        <v>121</v>
+      </c>
+      <c r="I22" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>36</v>
+      </c>
+      <c r="B23" t="s">
+        <v>122</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>123</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>124</v>
+      </c>
+      <c r="H23" t="s">
+        <v>125</v>
+      </c>
+      <c r="I23" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>36</v>
+      </c>
+      <c r="B24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>127</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>128</v>
+      </c>
+      <c r="H24" t="s">
+        <v>129</v>
+      </c>
+      <c r="I24" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>36</v>
+      </c>
+      <c r="B25" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>131</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>132</v>
+      </c>
+      <c r="H25" t="s">
+        <v>133</v>
+      </c>
+      <c r="I25" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>36</v>
+      </c>
+      <c r="B26" t="s">
+        <v>134</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>135</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>136</v>
+      </c>
+      <c r="H26" t="s">
+        <v>137</v>
+      </c>
+      <c r="I26" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>36</v>
+      </c>
+      <c r="B27" t="s">
+        <v>138</v>
+      </c>
+      <c r="C27" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>139</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>140</v>
+      </c>
+      <c r="H27" t="s">
+        <v>141</v>
+      </c>
+      <c r="I27" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>36</v>
+      </c>
+      <c r="B28" t="s">
+        <v>142</v>
+      </c>
+      <c r="C28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>143</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>144</v>
+      </c>
+      <c r="H28" t="s">
+        <v>145</v>
+      </c>
+      <c r="I28" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>36</v>
+      </c>
+      <c r="B29" t="s">
+        <v>146</v>
+      </c>
+      <c r="C29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>147</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>148</v>
+      </c>
+      <c r="H29" t="s">
+        <v>149</v>
+      </c>
+      <c r="I29" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>36</v>
+      </c>
+      <c r="B30" t="s">
+        <v>150</v>
+      </c>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>151</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>152</v>
+      </c>
+      <c r="H30" t="s">
+        <v>153</v>
+      </c>
+      <c r="I30" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>36</v>
+      </c>
+      <c r="B31" t="s">
+        <v>154</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>155</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>156</v>
+      </c>
+      <c r="H31" t="s">
+        <v>157</v>
+      </c>
+      <c r="I31" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>36</v>
+      </c>
+      <c r="B32" t="s">
+        <v>158</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>159</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>160</v>
+      </c>
+      <c r="H32" t="s">
+        <v>161</v>
+      </c>
+      <c r="I32" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>36</v>
+      </c>
+      <c r="B33" t="s">
+        <v>162</v>
+      </c>
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>163</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>164</v>
+      </c>
+      <c r="H33" t="s">
+        <v>165</v>
+      </c>
+      <c r="I33" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>36</v>
+      </c>
+      <c r="B34" t="s">
+        <v>166</v>
+      </c>
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>163</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>167</v>
+      </c>
+      <c r="H34" t="s">
+        <v>168</v>
+      </c>
+      <c r="I34" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>36</v>
+      </c>
+      <c r="B35" t="s">
+        <v>169</v>
+      </c>
+      <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>170</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>171</v>
+      </c>
+      <c r="H35" t="s">
+        <v>172</v>
+      </c>
+      <c r="I35" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>36</v>
+      </c>
+      <c r="B36" t="s">
+        <v>173</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>174</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>175</v>
+      </c>
+      <c r="H36" t="s">
+        <v>176</v>
+      </c>
+      <c r="I36" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>36</v>
+      </c>
+      <c r="B37" t="s">
+        <v>177</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>178</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>179</v>
+      </c>
+      <c r="H37" t="s">
+        <v>180</v>
+      </c>
+      <c r="I37" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>36</v>
+      </c>
+      <c r="B38" t="s">
+        <v>181</v>
+      </c>
+      <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>182</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>183</v>
+      </c>
+      <c r="H38" t="s">
+        <v>184</v>
+      </c>
+      <c r="I38" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>36</v>
+      </c>
+      <c r="B39" t="s">
+        <v>185</v>
+      </c>
+      <c r="C39" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>186</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>187</v>
+      </c>
+      <c r="H39" t="s">
+        <v>188</v>
+      </c>
+      <c r="I39" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>36</v>
+      </c>
+      <c r="B40" t="s">
+        <v>189</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>190</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>191</v>
+      </c>
+      <c r="H40" t="s">
+        <v>192</v>
+      </c>
+      <c r="I40" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>36</v>
+      </c>
+      <c r="B41" t="s">
+        <v>193</v>
+      </c>
+      <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>194</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>195</v>
+      </c>
+      <c r="H41" t="s">
+        <v>196</v>
+      </c>
+      <c r="I41" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>36</v>
+      </c>
+      <c r="B42" t="s">
+        <v>197</v>
+      </c>
+      <c r="C42" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>198</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>199</v>
+      </c>
+      <c r="H42" t="s">
+        <v>200</v>
+      </c>
+      <c r="I42" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>36</v>
+      </c>
+      <c r="B43" t="s">
+        <v>201</v>
+      </c>
+      <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>202</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>203</v>
+      </c>
+      <c r="H43" t="s">
+        <v>204</v>
+      </c>
+      <c r="I43" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>36</v>
+      </c>
+      <c r="B44" t="s">
+        <v>205</v>
+      </c>
+      <c r="C44" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>206</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>207</v>
+      </c>
+      <c r="H44" t="s">
+        <v>208</v>
+      </c>
+      <c r="I44" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>36</v>
+      </c>
+      <c r="B45" t="s">
+        <v>209</v>
+      </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>210</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>211</v>
+      </c>
+      <c r="H45" t="s">
+        <v>212</v>
+      </c>
+      <c r="I45" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>36</v>
+      </c>
+      <c r="B46" t="s">
+        <v>213</v>
+      </c>
+      <c r="C46" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>214</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>215</v>
+      </c>
+      <c r="H46" t="s">
+        <v>216</v>
+      </c>
+      <c r="I46" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>36</v>
+      </c>
+      <c r="B47" t="s">
+        <v>217</v>
+      </c>
+      <c r="C47" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>218</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>219</v>
+      </c>
+      <c r="H47" t="s">
+        <v>220</v>
+      </c>
+      <c r="I47" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>36</v>
+      </c>
+      <c r="B48" t="s">
+        <v>221</v>
+      </c>
+      <c r="C48" t="s">
+        <v>222</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>223</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>224</v>
+      </c>
+      <c r="H48" t="s">
+        <v>225</v>
+      </c>
+      <c r="I48" t="s">
+        <v>41</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>226</v>
+      </c>
+      <c r="B2" t="s">
+        <v>227</v>
+      </c>
+      <c r="C2" t="s">
+        <v>228</v>
+      </c>
+      <c r="D2" t="s">
+        <v>229</v>
+      </c>
+      <c r="E2" t="s">
+        <v>230</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>231</v>
+      </c>
+      <c r="H2" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B3" t="s">
+        <v>233</v>
+      </c>
+      <c r="C3" t="s">
+        <v>234</v>
+      </c>
+      <c r="D3" t="s">
+        <v>235</v>
+      </c>
+      <c r="E3" t="s">
+        <v>236</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H3" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>226</v>
+      </c>
+      <c r="B4" t="s">
+        <v>239</v>
+      </c>
+      <c r="C4" t="s">
+        <v>240</v>
+      </c>
+      <c r="D4" t="s">
+        <v>241</v>
+      </c>
+      <c r="E4" t="s">
+        <v>242</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>243</v>
+      </c>
+      <c r="H4" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>226</v>
+      </c>
+      <c r="B5" t="s">
+        <v>245</v>
+      </c>
+      <c r="C5" t="s">
+        <v>246</v>
+      </c>
+      <c r="D5" t="s">
+        <v>247</v>
+      </c>
+      <c r="E5" t="s">
+        <v>248</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>249</v>
+      </c>
+      <c r="H5" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>226</v>
+      </c>
+      <c r="B6" t="s">
+        <v>251</v>
+      </c>
+      <c r="C6" t="s">
+        <v>252</v>
+      </c>
+      <c r="D6" t="s">
+        <v>253</v>
+      </c>
+      <c r="E6" t="s">
+        <v>254</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>255</v>
+      </c>
+      <c r="H6" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>226</v>
+      </c>
+      <c r="B7" t="s">
+        <v>257</v>
+      </c>
+      <c r="C7" t="s">
+        <v>258</v>
+      </c>
+      <c r="D7" t="s">
+        <v>259</v>
+      </c>
+      <c r="E7" t="s">
+        <v>260</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>261</v>
+      </c>
+      <c r="H7" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>226</v>
+      </c>
+      <c r="B8" t="s">
+        <v>263</v>
+      </c>
+      <c r="C8" t="s">
+        <v>264</v>
+      </c>
+      <c r="D8" t="s">
+        <v>265</v>
+      </c>
+      <c r="E8" t="s">
+        <v>260</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>266</v>
+      </c>
+      <c r="H8" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>226</v>
+      </c>
+      <c r="B9" t="s">
+        <v>268</v>
+      </c>
+      <c r="C9" t="s">
+        <v>268</v>
+      </c>
+      <c r="D9" t="s">
+        <v>269</v>
+      </c>
+      <c r="E9" t="s">
+        <v>270</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>271</v>
+      </c>
+      <c r="H9" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>226</v>
+      </c>
+      <c r="B10" t="s">
+        <v>273</v>
+      </c>
+      <c r="C10" t="s">
+        <v>274</v>
+      </c>
+      <c r="D10" t="s">
+        <v>275</v>
+      </c>
+      <c r="E10" t="s">
+        <v>276</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>277</v>
+      </c>
+      <c r="H10" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>226</v>
+      </c>
+      <c r="B11" t="s">
+        <v>279</v>
+      </c>
+      <c r="C11" t="s">
+        <v>280</v>
+      </c>
+      <c r="D11" t="s">
+        <v>281</v>
+      </c>
+      <c r="E11" t="s">
+        <v>282</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>283</v>
+      </c>
+      <c r="H11" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>226</v>
+      </c>
+      <c r="B12" t="s">
+        <v>285</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>286</v>
+      </c>
+      <c r="E12" t="s">
+        <v>287</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>288</v>
+      </c>
+      <c r="H12" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>226</v>
+      </c>
+      <c r="B13" t="s">
+        <v>290</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>291</v>
+      </c>
+      <c r="E13" t="s">
+        <v>292</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>293</v>
+      </c>
+      <c r="H13" t="s">
+        <v>294</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Z2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>295</v>
+      </c>
+      <c r="J1" t="s">
+        <v>296</v>
+      </c>
+      <c r="K1" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>298</v>
+      </c>
+      <c r="B2" t="s">
+        <v>299</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>300</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>301</v>
+      </c>
+      <c r="H2" t="s">
+        <v>302</v>
+      </c>
+      <c r="I2" t="s">
+        <v>303</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>304</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>305</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>306</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>307</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>308</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>309</v>
       </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>310</v>
       </c>
       <c r="Q2" t="s">
-        <v>25</v>
+        <v>311</v>
       </c>
       <c r="R2" t="s">
-        <v>26</v>
+        <v>312</v>
       </c>
       <c r="S2" t="s">
-        <v>27</v>
+        <v>313</v>
       </c>
       <c r="T2" t="s">
-        <v>28</v>
+        <v>314</v>
       </c>
       <c r="U2" t="s">
-        <v>29</v>
+        <v>315</v>
       </c>
       <c r="V2" t="s">
-        <v>30</v>
+        <v>316</v>
       </c>
       <c r="W2" t="s">
-        <v>31</v>
+        <v>317</v>
       </c>
       <c r="X2" t="s">
-        <v>32</v>
+        <v>318</v>
       </c>
       <c r="Y2" t="s">
-        <v>33</v>
+        <v>319</v>
       </c>
       <c r="Z2" t="s">
-        <v>34</v>
+        <v>320</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>