--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,879 +1,324 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="26">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>15/09/2025 09:02:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...161 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>CEDACONDA (isoflurane)</t>
   </si>
   <si>
-    <t>04/03/2022 13:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3321745/fr/cedaconda-isoflurane</t>
+    <t>03/04/2022 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321745/en/cedaconda-isoflurane</t>
   </si>
   <si>
     <t>p_3321745</t>
   </si>
   <si>
     <t>isoflurane</t>
   </si>
   <si>
     <t>MEDIPHA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3320602/fr/cedaconda-isoflurane</t>
+    <t>https://www.has-sante.fr/jcms/p_3320602/en/cedaconda-isoflurane</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...27 lines deleted...]
-        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...350 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="J1" t="s">
-        <v>73</v>
+        <v>16</v>
       </c>
       <c r="K1" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="B2" t="s">
-        <v>76</v>
+        <v>19</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>78</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="I2" t="s">
-        <v>80</v>
+        <v>23</v>
       </c>
       <c r="J2" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="K2" t="s">
-        <v>82</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>