--- v1 (2025-12-02)
+++ v2 (2026-03-05)
@@ -1,324 +1,920 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="155" uniqueCount="87">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/01/2001 00:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge péri-opératoire du patient adulte lors d’une résection hépatique</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de produire un cadre facilitant la prise en charge péri-opératoire du patient adulte dans le cadre d'une chirurgie de résection hépatique.</t>
+  </si>
+  <si>
+    <t>11/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:02:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
+  </si>
+  <si>
+    <t>p_3592435</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Laminopathies avec présentation cardiaque</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint de laminopathie avec atteinte cardiaque. Il a été élaboré par le Centre de référence des maladies cardiaques héréditaires ou rares (cardiomyopathies et troubles du rythme) Hôpital de la Pitié-Salpêtrière, Paris, Centre de référence des maladies neuromusculaires Nord/Est/Ile de France, Hôpital Cochin, Paris, Filière nationale de santé CARDIOGEN à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389365/fr/laminopathies-avec-presentation-cardiaque</t>
+  </si>
+  <si>
+    <t>p_3389365</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire Facio-Scapulo-Humérale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Dystrophie musculaire Facio-Scapulo-Scapulo-Humérale (DMFSH ou myopathie FSH ou myopathie de Landouzy-Déjerine). Il a été élaboré par le Centre de référence des maladies neuromusculaires et SLA et le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310328/fr/dystrophie-musculaire-facio-scapulo-humerale</t>
+  </si>
+  <si>
+    <t>p_3310328</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Syndrome lipodystrophique de Dunnigan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome lipodystrophique de Dunnigan. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236803/fr/syndrome-lipodystrophique-de-dunnigan</t>
+  </si>
+  <si>
+    <t>p_3236803</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 février 2026</t>
+  </si>
+  <si>
+    <t>11/02/2026 10:23:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859724/fr/commission-de-la-transparence-reunion-du-18-fevrier-2026</t>
+  </si>
+  <si>
+    <t>p_3859724</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 16 février 2022</t>
+  </si>
+  <si>
+    <t>08/02/2022 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315369/fr/commission-de-la-transparence-reunion-du-16-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3315369</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 février 2022</t>
+  </si>
+  <si>
+    <t>25/01/2022 18:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311951/fr/commission-de-la-transparence-reunion-du-2-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3311951</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 8 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 08:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192426/fr/commission-de-la-transparence-reunion-a-distance-du-8-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192426</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>CEDACONDA (isoflurane)</t>
   </si>
   <si>
-    <t>03/04/2022 13:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3321745/en/cedaconda-isoflurane</t>
+    <t>04/03/2022 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321745/fr/cedaconda-isoflurane</t>
   </si>
   <si>
     <t>p_3321745</t>
   </si>
   <si>
     <t>isoflurane</t>
   </si>
   <si>
     <t>MEDIPHA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3320602/en/cedaconda-isoflurane</t>
+    <t>https://www.has-sante.fr/jcms/p_3320602/fr/cedaconda-isoflurane</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>21</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H2" t="s">
+        <v>62</v>
+      </c>
+      <c r="I2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>66</v>
+      </c>
+      <c r="H3" t="s">
+        <v>67</v>
+      </c>
+      <c r="I3" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>69</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" t="s">
+        <v>71</v>
+      </c>
+      <c r="I4" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B5" t="s">
+        <v>72</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>73</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>74</v>
+      </c>
+      <c r="H5" t="s">
+        <v>75</v>
+      </c>
+      <c r="I5" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="J1" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="K1" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="B2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="I2" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="J2" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="K2" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>