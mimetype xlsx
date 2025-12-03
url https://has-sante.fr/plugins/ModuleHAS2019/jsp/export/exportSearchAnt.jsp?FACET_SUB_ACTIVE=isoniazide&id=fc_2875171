--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -299,63 +299,63 @@
   <si>
     <t>c_598221</t>
   </si>
   <si>
     <t>La sclérose en plaques</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes : Critères diagnostiques de la sclérose en plaques ? Indications thérapeutiques à visée étiologique ? Indications thérapeutiques à visée symptomatique ? Suivi de la sclérose en plaques et évaluation de l'évolution ? Modalités de la prise en charge ?</t>
   </si>
   <si>
     <t>29/06/2001 00:00:00</t>
   </si>
   <si>
     <t>01/06/2001 17:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272001/fr/la-sclerose-en-plaques</t>
   </si>
   <si>
     <t>c_272001</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
-    <t>Actualisation des indications des tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma (dits tests IGRA) - volet 1 - Note de cadrage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3599453/fr/actualisation-des-indications-des-tests-de-detection-de-l-infection-tuberculeuse-latente-par-mesure-de-la-production-d-interferon-gamma-dits-tests-igra-volet-1-note-de-cadrage</t>
+    <t>Actualisation des indications des tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma (tests IGRA) - Sujets présumés immunocompétents à risque accru d’être porteurs d’une infection tuberculeuse latente (ITL) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Tuberculose ; infection tuberculeuse latente ; tests IGRA ; tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma ; intradermoréaction à la tuberculine ; IDR ; sujet-contact ; migrant ; sujet immunocompétent</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/10/2025 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599453/fr/actualisation-des-indications-des-tests-de-detection-de-l-infection-tuberculeuse-latente-par-mesure-de-la-production-d-interferon-gamma-tests-igra-sujets-presumes-immunocompetents-a-risque-accru-d-etre-porteurs-d-une-infection-tuberculeuse-latente-itl-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3599453</t>
   </si>
   <si>
     <t>Dépistage de la tuberculose latente via un test de détection de la production d’interféron gamma (IGRA) avant initiation d’un traitement par un médicament de la classe des anti-JAK, dont SOTYKTU® (deucravacitinib)</t>
   </si>
   <si>
     <t>Les médicaments de la classe pharmacologique des anti-JAK (dont le deucravacitinib) présentent un surrisque de survenue d’infections graves dont la tuberculose (contraction ou réactivation de l’infection tuberculeuse latente). Un dépistage de la tuberculose, et plus particulièrement de l’infection tuberculeuse latente, est donc requis avant initiation d’un traitement par médicament anti-JAK (dont le deucravacitinib). Dans ce contexte, ce dépistage de l’infection tuberculeuse latente peut être réalisé par un test de détection de la production d’interféron gamma (IGRA) avant initiation d’un traitement par anti-JAK, tout comme les traitements par médicaments anti-TNF alpha.</t>
   </si>
   <si>
     <t>28/11/2024 00:00:00</t>
   </si>
   <si>
     <t>03/12/2024 17:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563547/fr/depistage-de-la-tuberculose-latente-via-un-test-de-detection-de-la-production-d-interferon-gamma-igra-avant-initiation-d-un-traitement-par-un-medicament-de-la-classe-des-anti-jak-dont-sotyktu-deucravacitinib</t>
   </si>
   <si>
     <t>p_3563547</t>
   </si>
   <si>
     <t>Tests in vitro de dépistage de l’infection tuberculeuse latente par détection de production d’interféron gamma</t>
   </si>