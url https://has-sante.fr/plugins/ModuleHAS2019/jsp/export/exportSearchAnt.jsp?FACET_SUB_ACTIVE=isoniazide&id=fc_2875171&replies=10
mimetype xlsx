--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,199 +1,637 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="170">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>08/26/2025 00:00:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
+  </si>
+  <si>
+    <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
+  </si>
+  <si>
+    <t>13/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 11:14:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_482999/en/active-tuberculosis</t>
+    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD N° 29 - Tuberculose maladie</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_482999/fr/ald-n-29-tuberculose-maladie</t>
   </si>
   <si>
     <t>c_482999</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2021762/en/interferon-gamma-release-assays-as-in-vitro-screening-tests-for-latent-tuberculosis-infection</t>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>ALD n° 7 - Infection par le virus de l'immunodéficience humaine (VIH)</t>
+  </si>
+  <si>
+    <t>31/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2011 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_634723/fr/ald-n-7-infection-par-le-virus-de-l-immunodeficience-humaine-vih</t>
+  </si>
+  <si>
+    <t>c_634723</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>La sclérose en plaques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes : Critères diagnostiques de la sclérose en plaques ? Indications thérapeutiques à visée étiologique ? Indications thérapeutiques à visée symptomatique ? Suivi de la sclérose en plaques et évaluation de l'évolution ? Modalités de la prise en charge ?</t>
+  </si>
+  <si>
+    <t>29/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2001 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272001/fr/la-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_272001</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des indications des tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma (tests IGRA) - Sujets présumés immunocompétents à risque accru d’être porteurs d’une infection tuberculeuse latente (ITL) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Tuberculose ; infection tuberculeuse latente ; tests IGRA ; tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma ; intradermoréaction à la tuberculine ; IDR ; sujet-contact ; migrant ; sujet immunocompétent</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/10/2025 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599453/fr/actualisation-des-indications-des-tests-de-detection-de-l-infection-tuberculeuse-latente-par-mesure-de-la-production-d-interferon-gamma-tests-igra-sujets-presumes-immunocompetents-a-risque-accru-d-etre-porteurs-d-une-infection-tuberculeuse-latente-itl-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3599453</t>
+  </si>
+  <si>
+    <t>Dépistage de la tuberculose latente via un test de détection de la production d’interféron gamma (IGRA) avant initiation d’un traitement par un médicament de la classe des anti-JAK, dont SOTYKTU® (deucravacitinib)</t>
+  </si>
+  <si>
+    <t>Les médicaments de la classe pharmacologique des anti-JAK (dont le deucravacitinib) présentent un surrisque de survenue d’infections graves dont la tuberculose (contraction ou réactivation de l’infection tuberculeuse latente). Un dépistage de la tuberculose, et plus particulièrement de l’infection tuberculeuse latente, est donc requis avant initiation d’un traitement par médicament anti-JAK (dont le deucravacitinib). Dans ce contexte, ce dépistage de l’infection tuberculeuse latente peut être réalisé par un test de détection de la production d’interféron gamma (IGRA) avant initiation d’un traitement par anti-JAK, tout comme les traitements par médicaments anti-TNF alpha.</t>
+  </si>
+  <si>
+    <t>28/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2024 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563547/fr/depistage-de-la-tuberculose-latente-via-un-test-de-detection-de-la-production-d-interferon-gamma-igra-avant-initiation-d-un-traitement-par-un-medicament-de-la-classe-des-anti-jak-dont-sotyktu-deucravacitinib</t>
+  </si>
+  <si>
+    <t>p_3563547</t>
+  </si>
+  <si>
+    <t>Tests in vitro de dépistage de l’infection tuberculeuse latente par détection de production d’interféron gamma</t>
+  </si>
+  <si>
+    <t>Evaluation des tests de dépistage de l’infection tuberculeuse latente par détection de la production d’interféron gamma, tests communément appelés « tests IGRA » (pour _Interferon Gamma Release Assays_)en vue de leurs inscriptions à la Nomenclature des actes de biologie médicale (NABM)</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021762/fr/tests-in-vitro-de-depistage-de-l-infection-tuberculeuse-latente-par-detection-de-production-d-interferon-gamma</t>
   </si>
   <si>
     <t>c_2021762</t>
+  </si>
+  <si>
+    <t>Test de détection de la production d’IFNg (interféron gamma) pour le diagnostic des infections tuberculeuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport est d’évaluer un nouveau test visant à diagnostiquer les infections tuberculeuses. Ce test détecte l’Interféron-gamma produit in vitro par les lymphocytes T (obtenus par prise de sang) mis en contact avec des antigènes spécifiques de M. tuberculosis. Jusqu’à présent, le seul test diagnostique disponible était l’intradermoréaction qui présente de nombreuses difficultés.</t>
+  </si>
+  <si>
+    <t>13/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2006 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1498744/fr/test-de-detection-de-la-production-d-ifng-interferon-gamma-pour-le-diagnostic-des-infections-tuberculeuses</t>
+  </si>
+  <si>
+    <t>r_1498744</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 août 2025</t>
+  </si>
+  <si>
+    <t>20/08/2025 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3640905/fr/commission-de-la-transparence-reunion-du-27-aout-2025</t>
+  </si>
+  <si>
+    <t>p_3640905</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 juin 2017</t>
+  </si>
+  <si>
+    <t>01/06/2017 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772306/fr/college-deliberatif-du-7-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2772306</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0202/DC/SEM du 4 septembre 2025 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité DOVPRELA (prétomanide)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité DOVPRELA (prétomanide) dans l’indication « en association avec la bédaquiline et le linézolide, dans le traitement : des adultes atteints de tuberculose (TB) pulmonaire due au Mycobacterium tuberculosis résistante à l’isoniazide, la rifampicine, une fluoroquinolone et un antibiotique injectable de seconde intention ; et des adultes atteints de tuberculose pulmonaire due au M.tuberculosis résistante à l’isoniazide et la rifampicine, avec intolérance ou absence de réponse au traitement standard (voir rubriques 4.2, 4.4 et 5.1 du RCP). Il convient de tenir compte des recommandations officielles concernant l’utilisation appropriée des antibactériens ».</t>
+  </si>
+  <si>
+    <t>04/09/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>10/09/2025 11:29:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644411/fr/decision-n-2025-0202/dc/sem-du-4-septembre-2025-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-dovprela-pretomanide</t>
+  </si>
+  <si>
+    <t>p_3644411</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0002/AC/SEM du 5 février 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité PARA AMINOSALICYLIC ACID LUCANE (PASER) (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>L’indication de l’autorisation de mise sur le marché de la spécialité PARA AMINOSALICYLIC ACID LUCANE (PASER) qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte concerne les enfants de plus de 28 jours ayant une tuberculose multirésistante. Pour cette indication, mentionnée en annexe du présent avis, la HAS n’a pas identifié d’alternative thérapeutique prise en charge par les régimes obligatoires de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>05/02/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>23/05/2014 18:10:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743083/fr/avis-n-2014-0002/ac/sem-du-5-fevrier-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-para-aminosalicylic-acid-lucane-paser-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1743083</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>RIFINAH (rifampicine/ isoniazide)</t>
+  </si>
+  <si>
+    <t>30/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983014/fr/rifinah-rifampicine/-isoniazide</t>
+  </si>
+  <si>
+    <t>pprd_2983014</t>
+  </si>
+  <si>
+    <t>rifampicine,isoniazide</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399102/fr/rifinah-300-mg/150-mg-comprime-enrobe-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461166/fr/rifinah-rifampicine/-isoniazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025860/fr/rifinah-rifampicine/-isoniazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661392/fr/rifinah-rifampicine/-isoniazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885810/fr/rifinah-rifampicine/-isoniazide</t>
+  </si>
+  <si>
+    <t>RIFATER (isoniazide/ pyrazinamide/ rifampicine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983018/fr/rifater-isoniazide/-pyrazinamide/-rifampicine</t>
+  </si>
+  <si>
+    <t>pprd_2983018</t>
+  </si>
+  <si>
+    <t>isoniazide,pyrazinamide,rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461162/fr/rifater-isoniazide/-pyrazinamide/-rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024743/fr/rifater-isoniazide/-pyrazinamide/-rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612472/fr/rifater-isoniazide/-pyrazinamide/-rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885789/fr/rifater-isoniazide/-pyrazinamide/-rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399103/fr/rifater-comprime-enrobe-boite-de-60</t>
+  </si>
+  <si>
+    <t>RIMIFON (isoniazide)</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983263/fr/rimifon-isoniazide</t>
+  </si>
+  <si>
+    <t>pprd_2983263</t>
+  </si>
+  <si>
+    <t>isoniazide</t>
+  </si>
+  <si>
+    <t>NEITUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724582/fr/rimifon-isoniazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853751/fr/rimifon-isoniazide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -207,95 +645,979 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>66</v>
+      </c>
+      <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>75</v>
+      </c>
+      <c r="H2" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C3" t="s">
+        <v>78</v>
+      </c>
+      <c r="D3" t="s">
+        <v>79</v>
+      </c>
+      <c r="E3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>81</v>
+      </c>
+      <c r="H3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>87</v>
+      </c>
+      <c r="H4" t="s">
+        <v>88</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>89</v>
+      </c>
+      <c r="B2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H2" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>89</v>
+      </c>
+      <c r="B3" t="s">
+        <v>96</v>
+      </c>
+      <c r="C3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D3" t="s">
+        <v>98</v>
+      </c>
+      <c r="E3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>100</v>
+      </c>
+      <c r="H3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>89</v>
+      </c>
+      <c r="B4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C4" t="s">
+        <v>103</v>
+      </c>
+      <c r="D4" t="s">
+        <v>104</v>
+      </c>
+      <c r="E4" t="s">
+        <v>105</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>106</v>
+      </c>
+      <c r="H4" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>89</v>
+      </c>
+      <c r="B5" t="s">
+        <v>108</v>
+      </c>
+      <c r="C5" t="s">
+        <v>109</v>
+      </c>
+      <c r="D5" t="s">
+        <v>110</v>
+      </c>
+      <c r="E5" t="s">
+        <v>111</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>112</v>
+      </c>
+      <c r="H5" t="s">
+        <v>113</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>115</v>
+      </c>
+      <c r="B2" t="s">
+        <v>116</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>118</v>
+      </c>
+      <c r="H2" t="s">
+        <v>119</v>
+      </c>
+      <c r="I2" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B3" t="s">
+        <v>121</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H3" t="s">
+        <v>124</v>
+      </c>
+      <c r="I3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B2" t="s">
+        <v>126</v>
+      </c>
+      <c r="C2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D2" t="s">
+        <v>128</v>
+      </c>
+      <c r="E2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>130</v>
+      </c>
+      <c r="H2" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>125</v>
+      </c>
+      <c r="B3" t="s">
+        <v>132</v>
+      </c>
+      <c r="C3" t="s">
+        <v>133</v>
+      </c>
+      <c r="D3" t="s">
+        <v>134</v>
+      </c>
+      <c r="E3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>136</v>
+      </c>
+      <c r="H3" t="s">
+        <v>137</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>138</v>
+      </c>
+      <c r="J1" t="s">
+        <v>139</v>
+      </c>
+      <c r="K1" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>141</v>
+      </c>
+      <c r="B2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>144</v>
+      </c>
+      <c r="H2" t="s">
+        <v>145</v>
+      </c>
+      <c r="I2" t="s">
+        <v>146</v>
+      </c>
+      <c r="J2" t="s">
+        <v>147</v>
+      </c>
+      <c r="K2" t="s">
+        <v>148</v>
+      </c>
+      <c r="L2" t="s">
+        <v>149</v>
+      </c>
+      <c r="M2" t="s">
+        <v>150</v>
+      </c>
+      <c r="N2" t="s">
+        <v>151</v>
+      </c>
+      <c r="O2" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B3" t="s">
+        <v>153</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>154</v>
+      </c>
+      <c r="H3" t="s">
+        <v>155</v>
+      </c>
+      <c r="I3" t="s">
+        <v>156</v>
+      </c>
+      <c r="J3" t="s">
+        <v>147</v>
+      </c>
+      <c r="K3" t="s">
+        <v>157</v>
+      </c>
+      <c r="L3" t="s">
+        <v>158</v>
+      </c>
+      <c r="M3" t="s">
+        <v>159</v>
+      </c>
+      <c r="N3" t="s">
+        <v>160</v>
+      </c>
+      <c r="O3" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>141</v>
+      </c>
+      <c r="B4" t="s">
+        <v>162</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>163</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>164</v>
+      </c>
+      <c r="H4" t="s">
+        <v>165</v>
+      </c>
+      <c r="I4" t="s">
+        <v>166</v>
+      </c>
+      <c r="J4" t="s">
+        <v>167</v>
+      </c>
+      <c r="K4" t="s">
+        <v>168</v>
+      </c>
+      <c r="L4" t="s">
+        <v>169</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>