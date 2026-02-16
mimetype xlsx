--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,1565 +1,342 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="150">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>TRICLIP G4</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Chronic symptomatic heart failure with preserved systolic function</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme with chronic symptomatic heart failure with systolic function preserved (HFPSF).</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/26/2025 17:14:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>17/06/2025 00:00:00</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
+    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
   </si>
   <si>
     <t>c_534673</t>
   </si>
   <si>
-    <t>Tachycardies ventriculaires catécholergiques (TVC)</t>
-[...98 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2009393/fr/mesure-de-la-fraction-du-flux-de-reserve-coronarien-ffr-lors-d-une-coronarographie</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Fractional flow reserve (FFR) measurement during coronary angiography - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective was to assess the risk/benefit ratio of FFR (fractional flow reserve) measurement during coronary angiography, in order to obtaining reimbursement for this procedure, following an application from the French Society of Cardiology (SFC). The comparator was a treatment strategy involving a coronary angiogram without FFR measurement. It concerns patients with suspected stable angina or ACS (acute coronary syndrome), including STEMI and NSTEMI, and who have single-vessel or multivessel coronary stenosis</t>
+  </si>
+  <si>
+    <t>04/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/22/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
   </si>
   <si>
     <t>c_2009393</t>
   </si>
   <si>
-    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...167 lines deleted...]
-    <t>c_646948</t>
+    <t>Web page</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>30/04/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>04/30/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...16 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="C5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...846 lines deleted...]
-        <v>149</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>