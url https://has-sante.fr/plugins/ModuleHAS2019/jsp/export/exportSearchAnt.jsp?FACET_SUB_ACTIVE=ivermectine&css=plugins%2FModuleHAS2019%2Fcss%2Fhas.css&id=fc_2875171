--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,350 +1,1171 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="112">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...5 lines deleted...]
-    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de pthirose</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’une pthirose (pthirus pubis). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562447/fr/prise-en-charge-du-patient-atteint-de-pthirose</t>
+  </si>
+  <si>
+    <t>p_3562447</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186049</t>
+  </si>
+  <si>
+    <t>Actualisation de la nomenclature des actes de biologie médicale pour le diagnostic et le suivi des filarioses</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique concernant les filarioses tropicales les plus fréquentes (loase, mansonelloses, filariose lymphatique, onchocercose) et pouvant être retrouvées en zones non endémiques chez des individus provenant des zones exposées (migrants, expatriés, voyageurs).</t>
   </si>
   <si>
     <t>04/04/2018 00:00:00</t>
   </si>
   <si>
-    <t>04/16/2018 17:01:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
+    <t>16/04/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/fr/actualisation-de-la-nomenclature-des-actes-de-biologie-medicale-pour-le-diagnostic-et-le-suivi-des-filarioses</t>
   </si>
   <si>
     <t>c_2801837</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the diagnosis of strongyloidiasis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2729708/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-strongyloidiasis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la strongyloïdose (anguillulose)</t>
+  </si>
+  <si>
+    <t>Évaluation des techniques et des indications des tests de biologie médicale utilisés dans le diagnostic de la strongyloïdose (anguillulose)</t>
+  </si>
+  <si>
+    <t>19/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>25/04/2017 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729708/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-strongyloidose-anguillulose</t>
   </si>
   <si>
     <t>c_2729708</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Calendar Event</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3279217/en/online-conference-on-scientific-expertise-in-the-face-of-crises-overhaul-or-adjustments-november-15-2021</t>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 22/10/2024</t>
+  </si>
+  <si>
+    <t>24/07/2025 16:52:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638227/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-22/10/2024</t>
+  </si>
+  <si>
+    <t>p_3638227</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Regarder en replay le colloque HAS « L’expertise scientifique face aux crises : refonte ou ajustements ? »</t>
+  </si>
+  <si>
+    <t>Le colloque HAS et en ligne La HAS a organisé le colloque sur « L’expertise scientifique face aux crises : refonte ou ajustements ? » le lundi 15 novembre 2021 The HAS conference and online The HAS organized the conference "Scientific expertise in the face of crises: overhaul or adjustments? » on Monday, November 15th</t>
+  </si>
+  <si>
+    <t>22/07/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
   </si>
   <si>
     <t>p_3279217</t>
   </si>
   <si>
-    <t>Event</t>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2016</t>
+  </si>
+  <si>
+    <t>15/06/2016 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639159/fr/commission-de-la-transparence-reunion-du-22-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2639159</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2015</t>
+  </si>
+  <si>
+    <t>31/12/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2004258/fr/commission-de-la-transparence-reunion-du-7-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2004258</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>L'expertise publique en santé en situation de crise - Rapport d'analyse prospective 2022</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont l’expertise publique en santé a été mobilisée et produite au cours de la pandémie de Covid-19 tout en tirant des enseignements et des axes d’amélioration pour l’avenir.</t>
+  </si>
+  <si>
+    <t>20/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410771/fr/l-expertise-publique-en-sante-en-situation-de-crise-rapport-d-analyse-prospective-2022</t>
+  </si>
+  <si>
+    <t>p_3410771</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>STROMECTOL (ivermectine)</t>
+  </si>
+  <si>
+    <t>30/01/2017 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983751/fr/stromectol-ivermectine</t>
+  </si>
+  <si>
+    <t>pprd_2983751</t>
+  </si>
+  <si>
+    <t>ivermectine</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399081/fr/stromectol-3-mg-comprimes-b/4-b/20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399800/fr/stromectol-3-mg-comprime-b/1-b/4-b/20-ivermectine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523431/fr/stromectol-ivermectine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234516/fr/stromectol-ivermectine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742056/fr/stromectol-ivermectine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
+      <c r="C4" t="s">
         <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="C2" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
+        <v>65</v>
+      </c>
+      <c r="E4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>67</v>
+      </c>
+      <c r="H4" t="s">
+        <v>68</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H2" t="s">
+        <v>74</v>
       </c>
       <c r="I2" t="s">
-        <v>29</v>
+        <v>75</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C3" t="s">
+        <v>77</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>79</v>
+      </c>
+      <c r="H3" t="s">
+        <v>80</v>
+      </c>
+      <c r="I3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>83</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>84</v>
+      </c>
+      <c r="H4" t="s">
+        <v>85</v>
+      </c>
+      <c r="I4" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>87</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>88</v>
+      </c>
+      <c r="H5" t="s">
+        <v>89</v>
+      </c>
+      <c r="I5" t="s">
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D2" t="s">
+        <v>93</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>97</v>
+      </c>
+      <c r="J1" t="s">
+        <v>98</v>
+      </c>
+      <c r="K1" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>103</v>
+      </c>
+      <c r="H2" t="s">
+        <v>104</v>
+      </c>
+      <c r="I2" t="s">
+        <v>105</v>
+      </c>
+      <c r="J2" t="s">
+        <v>106</v>
+      </c>
+      <c r="K2" t="s">
+        <v>107</v>
+      </c>
+      <c r="L2" t="s">
+        <v>108</v>
+      </c>
+      <c r="M2" t="s">
+        <v>109</v>
+      </c>
+      <c r="N2" t="s">
+        <v>110</v>
+      </c>
+      <c r="O2" t="s">
+        <v>111</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>