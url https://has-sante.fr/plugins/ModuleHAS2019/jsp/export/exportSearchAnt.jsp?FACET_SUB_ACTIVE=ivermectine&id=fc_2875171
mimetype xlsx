--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -5,204 +5,219 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="112">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge du patient atteint de pthirose</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’une pthirose (pthirus pubis). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3562447/fr/prise-en-charge-du-patient-atteint-de-pthirose</t>
   </si>
   <si>
     <t>p_3562447</t>
-  </si>
-[...85 lines deleted...]
-    <t>p_3148883</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
   </si>
   <si>
     <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
   </si>
   <si>
     <t>20/05/2020 00:00:00</t>
   </si>
   <si>
     <t>25/02/2021 12:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
   </si>
   <si>
     <t>p_3186049</t>
   </si>
   <si>
     <t>Actualisation de la nomenclature des actes de biologie médicale pour le diagnostic et le suivi des filarioses</t>
   </si>
@@ -395,736 +410,762 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
-[...129 lines deleted...]
-        <v>44</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="D2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="E2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="H2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="D3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="H3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B4" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C4" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D4" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="E4" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H4" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="H2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="I2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="H3" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="I3" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B4" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="H4" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="I4" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B5" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="H5" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="I5" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="D2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="E2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="H2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="J1" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="K1" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="B2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="H2" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="I2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="J2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="K2" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="L2" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="M2" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="N2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="O2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>