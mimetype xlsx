--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -1,1171 +1,350 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="199" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2018 17:01:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/12/2025 11:07:00</t>
-[...146 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2801837/fr/actualisation-de-la-nomenclature-des-actes-de-biologie-medicale-pour-le-diagnostic-et-le-suivi-des-filarioses</t>
+    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2801837</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la strongyloïdose (anguillulose)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2729708/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-strongyloidose-anguillulose</t>
+    <t>Update of laboratory medicine procedures related to the diagnosis of strongyloidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the proposals to amend the diagnostic procedures for strongyloidiasis – testing for larvae in the stool and serum antibody testing – by specifying their indications and the techniques used</t>
+  </si>
+  <si>
+    <t>04/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>04/25/2017 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729708/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-strongyloidiasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2729708</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Evénement de Calendrier</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+    <t>Calendar Event</t>
+  </si>
+  <si>
+    <t>Online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » - November 15, 2021</t>
+  </si>
+  <si>
+    <t>The HAS is organizing an online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » Monday, November 15, 2021 from 2 pm to 5.30 pm.</t>
+  </si>
+  <si>
+    <t>07/22/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/en/online-conference-on-scientific-expertise-in-the-face-of-crises-overhaul-or-adjustments-november-15-2021</t>
   </si>
   <si>
     <t>p_3279217</t>
   </si>
   <si>
-    <t>Événement</t>
-[...89 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2742056/fr/stromectol-ivermectine</t>
+    <t>Event</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...9 lines deleted...]
-      <c r="C4" t="s">
         <v>21</v>
-      </c>
-[...117 lines deleted...]
-        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>49</v>
-[...186 lines deleted...]
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="I2" t="s">
-        <v>75</v>
-[...86 lines deleted...]
-        <v>75</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...160 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>