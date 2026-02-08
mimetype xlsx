--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,445 +1,202 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="191" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>02/12/2024 14:12:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2018 17:01:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3562447/fr/prise-en-charge-du-patient-atteint-de-pthirose</t>
-[...125 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2801837/fr/actualisation-de-la-nomenclature-des-actes-de-biologie-medicale-pour-le-diagnostic-et-le-suivi-des-filarioses</t>
+    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2801837</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la strongyloïdose (anguillulose)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2729708/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-strongyloidose-anguillulose</t>
+    <t>Update of laboratory medicine procedures related to the diagnosis of strongyloidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the proposals to amend the diagnostic procedures for strongyloidiasis – testing for larvae in the stool and serum antibody testing – by specifying their indications and the techniques used</t>
+  </si>
+  <si>
+    <t>04/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>04/25/2017 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729708/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-strongyloidiasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2729708</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
-    <t>Evénement de Calendrier</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3279217/fr/regarder-en-replay-le-colloque-has-l-expertise-scientifique-face-aux-crises-refonte-ou-ajustements</t>
+    <t>Calendar Event</t>
+  </si>
+  <si>
+    <t>Online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » - November 15, 2021</t>
+  </si>
+  <si>
+    <t>The HAS is organizing an online conference on "Scientific expertise in the face of crises: overhaul or adjustments? » Monday, November 15, 2021 from 2 pm to 5.30 pm.</t>
+  </si>
+  <si>
+    <t>07/22/2021 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279217/en/online-conference-on-scientific-expertise-in-the-face-of-crises-overhaul-or-adjustments-november-15-2021</t>
   </si>
   <si>
     <t>p_3279217</t>
   </si>
   <si>
-    <t>Événement</t>
-[...89 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2742056/fr/stromectol-ivermectine</t>
+    <t>Event</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -453,678 +210,141 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
-[...35 lines deleted...]
-      <c r="C4" t="s">
         <v>28</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I2" t="s">
         <v>29</v>
-      </c>
-[...356 lines deleted...]
-        <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...160 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>