--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,622 +1,1688 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="321" uniqueCount="163">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Mycoplasma genitalium</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Mycoplasma genitalium. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604652/fr/traitement-curatif-des-personnes-infectees-par-mycoplasma-genitalium</t>
+  </si>
+  <si>
+    <t>p_3604652</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0013/AC/SBP du 11 mars 2021 du collège de la Haute Autorité de santé relatif au projet d’arrêté fixant la liste des pathologies et des médicaments pouvant faire l’objet d’une délivrance par les pharmaciens d’officine prévue à l’article L.5125-1-1 du code de santé publique</t>
+  </si>
+  <si>
+    <t>Le ministère des solidarités et de la santé a sollicité l'avis de la Haute Autorité de santé sur le projet d’arrêté fixant la liste des pathologies et des médicaments pouvant faire l’objet d’une délivrance par les pharmaciens d’officine prévue à l’article L.5125-1-1 du code de santé publique.</t>
+  </si>
+  <si>
+    <t>11/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2021 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260833/fr/avisn2021-0013/ac/sbp-du-11-mars-2021-du-college-de-la-haute-autorite-de-sante-relatif-au-projet-d-arrete-fixant-la-liste-des-pathologies-et-des-medicaments-pouvant-faire-l-objet-d-une-delivrance-par-les-pharmaciens-d-officine-prevue-a-l-article-l-5125-1-1-du-code-de-sante-publique</t>
+  </si>
+  <si>
+    <t>p_3260833</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>JOSACINE (josamycine)</t>
+  </si>
+  <si>
+    <t>23/03/2017 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983682/fr/josacine-josamycine</t>
+  </si>
+  <si>
+    <t>pprd_2983682</t>
+  </si>
+  <si>
+    <t>josamycine</t>
+  </si>
+  <si>
+    <t>ASTELLAS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399687/fr/josacine-dispersible-1000-mg-adultes-comprime-dispersible-boite-de-10-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490553/fr/josacine-josamycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1245660/fr/josacine-josamycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751873/fr/josacine-josamycine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H31"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>73</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>74</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>26</v>
+      </c>
+      <c r="B14" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" t="s">
+        <v>28</v>
+      </c>
+      <c r="D14" t="s">
+        <v>34</v>
+      </c>
+      <c r="E14" t="s">
+        <v>72</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>76</v>
+      </c>
+      <c r="H14" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" t="s">
+        <v>78</v>
+      </c>
+      <c r="C15" t="s">
+        <v>28</v>
+      </c>
+      <c r="D15" t="s">
+        <v>34</v>
+      </c>
+      <c r="E15" t="s">
+        <v>72</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>79</v>
+      </c>
+      <c r="H15" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>26</v>
+      </c>
+      <c r="B16" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" t="s">
+        <v>28</v>
+      </c>
+      <c r="D16" t="s">
+        <v>34</v>
+      </c>
+      <c r="E16" t="s">
+        <v>72</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>82</v>
+      </c>
+      <c r="H16" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" t="s">
+        <v>84</v>
+      </c>
+      <c r="C17" t="s">
+        <v>28</v>
+      </c>
+      <c r="D17" t="s">
+        <v>34</v>
+      </c>
+      <c r="E17" t="s">
+        <v>72</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H17" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" t="s">
+        <v>28</v>
+      </c>
+      <c r="D18" t="s">
+        <v>34</v>
+      </c>
+      <c r="E18" t="s">
+        <v>72</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>88</v>
+      </c>
+      <c r="H18" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>26</v>
+      </c>
+      <c r="B19" t="s">
+        <v>90</v>
+      </c>
+      <c r="C19" t="s">
+        <v>28</v>
+      </c>
+      <c r="D19" t="s">
+        <v>34</v>
+      </c>
+      <c r="E19" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>91</v>
+      </c>
+      <c r="H19" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" t="s">
+        <v>28</v>
+      </c>
+      <c r="D20" t="s">
+        <v>34</v>
+      </c>
+      <c r="E20" t="s">
+        <v>72</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>94</v>
+      </c>
+      <c r="H20" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>26</v>
+      </c>
+      <c r="B21" t="s">
+        <v>96</v>
+      </c>
+      <c r="C21" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" t="s">
+        <v>29</v>
+      </c>
+      <c r="E21" t="s">
+        <v>97</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>98</v>
+      </c>
+      <c r="H21" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>26</v>
+      </c>
+      <c r="B22" t="s">
+        <v>100</v>
+      </c>
+      <c r="C22" t="s">
+        <v>28</v>
+      </c>
+      <c r="D22" t="s">
+        <v>34</v>
+      </c>
+      <c r="E22" t="s">
+        <v>101</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>102</v>
+      </c>
+      <c r="H22" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>26</v>
+      </c>
+      <c r="B23" t="s">
+        <v>104</v>
+      </c>
+      <c r="C23" t="s">
+        <v>28</v>
+      </c>
+      <c r="D23" t="s">
+        <v>34</v>
+      </c>
+      <c r="E23" t="s">
+        <v>105</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>106</v>
+      </c>
+      <c r="H23" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>26</v>
+      </c>
+      <c r="B24" t="s">
+        <v>108</v>
+      </c>
+      <c r="C24" t="s">
+        <v>28</v>
+      </c>
+      <c r="D24" t="s">
+        <v>29</v>
+      </c>
+      <c r="E24" t="s">
+        <v>30</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>109</v>
+      </c>
+      <c r="H24" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>26</v>
+      </c>
+      <c r="B25" t="s">
+        <v>111</v>
+      </c>
+      <c r="C25" t="s">
+        <v>28</v>
+      </c>
+      <c r="D25" t="s">
+        <v>29</v>
+      </c>
+      <c r="E25" t="s">
+        <v>30</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>112</v>
+      </c>
+      <c r="H25" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>26</v>
+      </c>
+      <c r="B26" t="s">
+        <v>114</v>
+      </c>
+      <c r="C26" t="s">
+        <v>115</v>
+      </c>
+      <c r="D26" t="s">
+        <v>116</v>
+      </c>
+      <c r="E26" t="s">
+        <v>117</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>118</v>
+      </c>
+      <c r="H26" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>26</v>
+      </c>
+      <c r="B27" t="s">
+        <v>120</v>
+      </c>
+      <c r="C27" t="s">
+        <v>28</v>
+      </c>
+      <c r="D27" t="s">
+        <v>121</v>
+      </c>
+      <c r="E27" t="s">
+        <v>101</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>122</v>
+      </c>
+      <c r="H27" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28" t="s">
+        <v>124</v>
+      </c>
+      <c r="C28" t="s">
+        <v>28</v>
+      </c>
+      <c r="D28" t="s">
+        <v>34</v>
+      </c>
+      <c r="E28" t="s">
+        <v>72</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>125</v>
+      </c>
+      <c r="H28" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>26</v>
+      </c>
+      <c r="B29" t="s">
+        <v>127</v>
+      </c>
+      <c r="C29" t="s">
+        <v>28</v>
+      </c>
+      <c r="D29" t="s">
+        <v>34</v>
+      </c>
+      <c r="E29" t="s">
+        <v>72</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>128</v>
+      </c>
+      <c r="H29" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>26</v>
+      </c>
+      <c r="B30" t="s">
+        <v>130</v>
+      </c>
+      <c r="C30" t="s">
+        <v>131</v>
+      </c>
+      <c r="D30" t="s">
+        <v>132</v>
+      </c>
+      <c r="E30" t="s">
+        <v>133</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>134</v>
+      </c>
+      <c r="H30" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>26</v>
+      </c>
+      <c r="B31" t="s">
+        <v>136</v>
+      </c>
+      <c r="C31" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" t="s">
+        <v>138</v>
+      </c>
+      <c r="E31" t="s">
+        <v>139</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>140</v>
+      </c>
+      <c r="H31" t="s">
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>142</v>
+      </c>
+      <c r="B2" t="s">
+        <v>143</v>
+      </c>
+      <c r="C2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D2" t="s">
+        <v>145</v>
+      </c>
+      <c r="E2" t="s">
+        <v>146</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>147</v>
+      </c>
+      <c r="H2" t="s">
+        <v>148</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>149</v>
+      </c>
+      <c r="J1" t="s">
+        <v>150</v>
+      </c>
+      <c r="K1" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>152</v>
+      </c>
+      <c r="B2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>154</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>155</v>
+      </c>
+      <c r="H2" t="s">
+        <v>156</v>
+      </c>
+      <c r="I2" t="s">
+        <v>157</v>
+      </c>
+      <c r="J2" t="s">
+        <v>158</v>
+      </c>
+      <c r="K2" t="s">
+        <v>159</v>
+      </c>
+      <c r="L2" t="s">
+        <v>160</v>
+      </c>
+      <c r="M2" t="s">
+        <v>161</v>
+      </c>
+      <c r="N2" t="s">
+        <v>162</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>