--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,592 +1,286 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="313" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="59">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>09/01/2025 08:43:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
-  </si>
-[...97 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2751873/fr/josacine-josamycine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H31"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -611,1037 +305,318 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...7 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="C5" t="s">
-[...11 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" t="s">
         <v>28</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>46</v>
+        <v>19</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>51</v>
       </c>
       <c r="H12" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>53</v>
       </c>
       <c r="C13" t="s">
         <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H13" t="s">
-        <v>57</v>
-[...6 lines deleted...]
-      <c r="B14" t="s">
         <v>58</v>
-      </c>
-[...458 lines deleted...]
-        <v>124</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...249 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>