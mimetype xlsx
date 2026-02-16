--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,261 +1,909 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="154" uniqueCount="85">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2018</t>
+  </si>
+  <si>
+    <t>14/11/2018 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884230/fr/commission-de-la-transparence-reunion-du-21-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2884230</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2018</t>
+  </si>
+  <si>
+    <t>26/09/2018 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872541/fr/commission-de-la-transparence-reunion-du-5-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2872541</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2018</t>
+  </si>
+  <si>
+    <t>12/09/2018 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869617/fr/commission-de-la-transparence-reunion-du-19-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2869617</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 novembre 2017</t>
+  </si>
+  <si>
+    <t>15/11/2017 09:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804929/fr/commission-de-la-transparence-reunion-du-22-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2804929</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 avril 2016</t>
+  </si>
+  <si>
+    <t>01/04/2016 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2654864/fr/college-deliberatif-du-6-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2654864</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 février 2009</t>
+  </si>
+  <si>
+    <t>18/02/2009 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748558/fr/commission-de-la-transparence-reunion-du-18-fevrier-2009</t>
+  </si>
+  <si>
+    <t>c_748558</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>VIMPAT (lacosamide)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983013/en/vimpat-lacosamide</t>
+    <t>07/05/2021 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983013/fr/vimpat-lacosamide</t>
   </si>
   <si>
     <t>pprd_2983013</t>
   </si>
   <si>
     <t>lacosamide</t>
   </si>
   <si>
     <t>UCB PHARMA SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_763759/en/vimpat</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3264975/en/vimpat-lacosamide</t>
+    <t>https://www.has-sante.fr/jcms/c_763759/fr/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558823/fr/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818028/fr/vimpat-lacosamide-antiepileptique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885813/fr/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264975/fr/vimpat-lacosamide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>52</v>
+      </c>
+      <c r="H4" t="s">
+        <v>53</v>
+      </c>
+      <c r="I4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>40</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>60</v>
+      </c>
+      <c r="H6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>64</v>
+      </c>
+      <c r="H7" t="s">
+        <v>65</v>
+      </c>
+      <c r="I7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>68</v>
+      </c>
+      <c r="H8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>70</v>
+      </c>
+      <c r="J1" t="s">
+        <v>71</v>
+      </c>
+      <c r="K1" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>76</v>
+      </c>
+      <c r="H2" t="s">
+        <v>77</v>
+      </c>
+      <c r="I2" t="s">
+        <v>78</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>80</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>81</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>83</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>