--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,357 +1,1399 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="246" uniqueCount="144">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>04/01/2005 00:10:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Spina Bifida – Dysraphismes - Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de spina bifida. Il a été élaboré par le Centre de référence Spina Bifida – Dysraphismes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299637/fr/spina-bifida-dysraphismes-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>p_3299637</t>
+  </si>
+  <si>
+    <t>Malformations ano-rectales isolées - Diagnostic et prise en charge de la naissance à l’âge de 6 ans</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Malformations ano-rectales isolées. Il a été élaboré par le Centre de référence des malformations ano-rectales et pelviennes rares MAREP à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301054/fr/malformations-ano-rectales-isolees-diagnostic-et-prise-en-charge-de-la-naissance-a-l-age-de-6-ans</t>
+  </si>
+  <si>
+    <t>p_3301054</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Spina bifida- Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Spina bifida.</t>
+  </si>
+  <si>
+    <t>23/10/2014 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768140/fr/spina-bifida-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>c_1768140</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prescription médicamenteuse par téléphone (ou téléprescription) dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été rédigées par la HAS à la demande de la DHOS. Elles ont pour objectif de définir des bonnes pratiques en matière de prescription médicamenteuse par téléphone (téléprescription) dans le cadre de la régulation médicale, afin : de garantir l'homogénéité de cette pratique et la qualité de la réponse apportée aux patients sur tout le territoire ; d’améliorer le délai d'accès aux médicaments pour les patients qui doivent en disposer rapidement ; de sécuriser les professionnels impliqués quant à leur responsabilité lors de cette activité ; de permettre la production de supports de formation des médecins concernant cette pratique.</t>
+  </si>
+  <si>
+    <t>15/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784119/fr/prescription-medicamenteuse-par-telephone-ou-teleprescription-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_784119</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 décembre 2025</t>
+  </si>
+  <si>
+    <t>10/12/2025 11:05:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784993/fr/commission-de-la-transparence-reunion-du-17-decembre-2025</t>
+  </si>
+  <si>
+    <t>p_3784993</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 mars 2018</t>
+  </si>
+  <si>
+    <t>05/03/2018 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831410/fr/commission-de-la-transparence-reunion-du-7-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2831410</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2015</t>
+  </si>
+  <si>
+    <t>11/11/2015 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571388/fr/commission-de-la-transparence-reunion-du-18-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2571388</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2013</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1357267/fr/commission-de-la-transparence-reunion-du-6-fevrier-2013</t>
+  </si>
+  <si>
+    <t>c_1357267</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0030/AC/SEM du 11 mars 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité TIXTAR (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Les indications de l’autorisation de mise sur le marché de la spécialité TIXTAR 550 mg qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte concernent la prévention des rechutes d’épisodes avérés d’encéphalopathie hépatique chez les patients adultes en cas de tolérance et d’efficacité suffisante d’un traitement par disaccharides (lactulose/lactilol). Pour ces patients, la HAS a identifié des thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis. Le présent avis sera publié au Bulletin officiel de la HAS.</t>
+  </si>
+  <si>
+    <t>11/03/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>16/04/2015 14:43:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2026249/fr/avis-n-2015-0030/ac/sem-du-11-mars-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-tixtar-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2026249</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>DUPHALAC (lactulose)</t>
   </si>
   <si>
-    <t>01/16/2026 16:23:44</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983327/en/duphalac-lactulose</t>
+    <t>16/01/2026 16:23:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983327/fr/duphalac-lactulose</t>
   </si>
   <si>
     <t>pprd_2983327</t>
   </si>
   <si>
     <t>lactulose</t>
   </si>
   <si>
     <t>COOPERATION PHARMACEUTIQUE FRANCAISE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_603123/en/duphalac-lactulose</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3807659/en/duphalac-lactulose-laxatif-hypoammoniemiant</t>
+    <t>https://www.has-sante.fr/jcms/c_603123/fr/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361963/fr/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728827/fr/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843881/fr/duphalac-lactulose-laxatif-osmotique-hypoammoniemiant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259733/fr/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807659/fr/duphalac-lactulose-laxatif-hypoammoniemiant</t>
+  </si>
+  <si>
+    <t>TRANSULOSE (lactulose/ huile de paraffine/ vaseline)</t>
+  </si>
+  <si>
+    <t>18/05/2017 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983625/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+  </si>
+  <si>
+    <t>pprd_2983625</t>
+  </si>
+  <si>
+    <t>lactulose,paraffine liquide,vaseline</t>
+  </si>
+  <si>
+    <t>APTALIS PHARMA SAS/ AXCAN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532428/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994264/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022084/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762897/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+  </si>
+  <si>
+    <t>MELAXOSE (lactulose/ paraffine liquide/ vaseline)</t>
+  </si>
+  <si>
+    <t>19/01/2015 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984627/fr/melaxose-lactulose/-paraffine-liquide/-vaseline</t>
+  </si>
+  <si>
+    <t>pprd_2984627</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_992838/fr/melaxose-lactulose/-paraffine-liquide/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716235/fr/melaxose-lactulose/-paraffine-liquide/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2005967/fr/melaxose-lactulose/-paraffine-liquide/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400194/fr/melaxose-gelee-orale-en-pot-lactulose/-paraffine-liquide/-vaseline</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>51</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
+        <v>65</v>
+      </c>
+      <c r="E4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>67</v>
+      </c>
+      <c r="H4" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C5" t="s">
+        <v>70</v>
+      </c>
+      <c r="D5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E5" t="s">
+        <v>72</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>73</v>
+      </c>
+      <c r="H5" t="s">
+        <v>74</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>79</v>
+      </c>
+      <c r="H2" t="s">
+        <v>80</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>81</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>84</v>
+      </c>
+      <c r="H3" t="s">
+        <v>85</v>
+      </c>
+      <c r="I3" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>76</v>
+      </c>
+      <c r="B4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>87</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>88</v>
+      </c>
+      <c r="H4" t="s">
+        <v>89</v>
+      </c>
+      <c r="I4" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>92</v>
+      </c>
+      <c r="H5" t="s">
+        <v>93</v>
+      </c>
+      <c r="I5" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B6" t="s">
+        <v>94</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>95</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>96</v>
+      </c>
+      <c r="H6" t="s">
+        <v>97</v>
+      </c>
+      <c r="I6" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>76</v>
+      </c>
+      <c r="B7" t="s">
+        <v>98</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>99</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>100</v>
+      </c>
+      <c r="H7" t="s">
+        <v>101</v>
+      </c>
+      <c r="I7" t="s">
+        <v>81</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D2" t="s">
+        <v>105</v>
+      </c>
+      <c r="E2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>107</v>
+      </c>
+      <c r="H2" t="s">
+        <v>108</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>109</v>
+      </c>
+      <c r="J1" t="s">
+        <v>110</v>
+      </c>
+      <c r="K1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>112</v>
+      </c>
+      <c r="B2" t="s">
+        <v>113</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>115</v>
+      </c>
+      <c r="H2" t="s">
+        <v>116</v>
+      </c>
+      <c r="I2" t="s">
+        <v>117</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>118</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>119</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>120</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>123</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>124</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>112</v>
+      </c>
+      <c r="B3" t="s">
+        <v>125</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>127</v>
+      </c>
+      <c r="H3" t="s">
+        <v>128</v>
+      </c>
+      <c r="I3" t="s">
+        <v>129</v>
+      </c>
+      <c r="J3" t="s">
+        <v>130</v>
+      </c>
+      <c r="K3" t="s">
+        <v>131</v>
+      </c>
+      <c r="L3" t="s">
+        <v>132</v>
+      </c>
+      <c r="M3" t="s">
+        <v>133</v>
+      </c>
+      <c r="N3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>112</v>
+      </c>
+      <c r="B4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>136</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>137</v>
+      </c>
+      <c r="H4" t="s">
+        <v>138</v>
+      </c>
+      <c r="I4" t="s">
+        <v>129</v>
+      </c>
+      <c r="J4" t="s">
+        <v>139</v>
+      </c>
+      <c r="K4" t="s">
+        <v>140</v>
+      </c>
+      <c r="L4" t="s">
+        <v>141</v>
+      </c>
+      <c r="M4" t="s">
+        <v>142</v>
+      </c>
+      <c r="N4" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>