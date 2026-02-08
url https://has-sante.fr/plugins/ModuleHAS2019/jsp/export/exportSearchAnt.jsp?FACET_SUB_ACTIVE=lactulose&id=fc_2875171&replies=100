--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,1270 +1,357 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="32">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/12/2024 10:44:00</t>
-[...134 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
-[...116 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>DUPHALAC (lactulose)</t>
   </si>
   <si>
-    <t>09/04/2021 16:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983327/fr/duphalac-lactulose</t>
+    <t>01/16/2026 16:23:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983327/en/duphalac-lactulose</t>
   </si>
   <si>
     <t>pprd_2983327</t>
   </si>
   <si>
     <t>lactulose</t>
   </si>
   <si>
-    <t>MYLAN MEDICAL SAS</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400194/fr/melaxose-gelee-orale-en-pot-lactulose/-paraffine-liquide/-vaseline</t>
+    <t>COOPERATION PHARMACEUTIQUE FRANCAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603123/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361963/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728827/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843881/en/duphalac-lactulose-hypoammonaemic-osmotic-laxative</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259733/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807659/en/duphalac-lactulose-laxatif-hypoammoniemiant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...120 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>45</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>46</v>
-[...146 lines deleted...]
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>71</v>
-[...259 lines deleted...]
-        <v>103</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>104</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>106</v>
+        <v>27</v>
       </c>
       <c r="M2" t="s">
-        <v>107</v>
+        <v>28</v>
       </c>
       <c r="N2" t="s">
-        <v>108</v>
+        <v>29</v>
       </c>
       <c r="O2" t="s">
-        <v>109</v>
-[...87 lines deleted...]
-        <v>128</v>
+        <v>30</v>
+      </c>
+      <c r="P2" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>