--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,838 +1,2348 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="236">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>10/21/2008 10:01:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NEW-FILL -  25 septembre 2012 (4321) avis</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+    <t>25/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2013 14:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1295186/fr/new-fill-25-septembre-2012-4321-avis</t>
+  </si>
+  <si>
+    <t>c_1295186</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS France</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection par le VIH en France - Modalités de réalisation des tests de dépistage</t>
+  </si>
+  <si>
+    <t>Ce rapport comporte des recommandations sur les modalités de réalisation des tests de dépistage de l’infection par le VIH chez l’adulte et l’enfant de plus de 18 mois ainsi que des recommandations et des orientations sur la place des tests de dépistage rapide dans les stratégies générales de dépistage du VIH et sur les conditions d’utilisation de ces tests.</t>
+  </si>
+  <si>
+    <t>01/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Vaccination des personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2025 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635651/fr/vaccination-des-personnes-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3635651</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation de succès virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2024 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545724/fr/adaptation-du-traitement-antiretroviral-en-situation-de-succes-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545724</t>
+  </si>
+  <si>
+    <t>Critères diagnostiques et bilan initial de la cirrhose non compliquée</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d'améliorer le diagnostic de la cirrhose non compliquée, afin d’en traiter la cause et les éventuelles comorbidités, et de prévenir ses complications.</t>
+  </si>
+  <si>
+    <t>19/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
   <si>
-    <t>Indications for liver transplantation (19-20 January 2005)</t>
-[...5 lines deleted...]
-    <t>03/08/2005 00:00:00</t>
+    <t>Indications de la transplantation hépatique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes :# 1. Comment optimiser la prise en charge des patients transplantés pour hépatite virale ?# 2. Dans quels cas la cirrhose alcoolique est-elle une indication de transplantation hépatique ?# 3. Quels cancers du foie peut-on traiter par la transplantation hépatique ?# 4. Quelle est la place du donneur vivant en transplantation hépatique ?# 5. Quelles sont les extensions à l’indication de transplantation hépatique ?# Les recommandations actualisent celles de la conférence de consensus "Les indications de la transplantation hépatique", dont la réunion publique s'est tenue les 22 et 23 juin 1993 à Paris, et qui était organisée par l'Association française de chirurgie hépato-biliaire et de transplantation hépatique (AFCHBT), en association avec la Société nationale française de gastro-entérologie (SNFGE), l'Association pour l'étude du foie (AFEF) et l'Association française de chirurgie (AFC), avec le partenariat méthodologique de l'Anaes.</t>
+  </si>
+  <si>
+    <t>08/03/2005 00:00:00</t>
   </si>
   <si>
     <t>01/01/2005 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
   </si>
   <si>
     <t>c_272409</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et à la prise en charge des hépatites B, C et D</t>
+  </si>
+  <si>
+    <t>11/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
   </si>
   <si>
     <t>c_2653624</t>
   </si>
   <si>
-    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ce rapport d'évaluation est de déterminer l’utilité clinique des méthodes non invasives de mesure de la fibrose dans le cadre du bilan initial et du suivi de l’hépatite B chronique chez l’adulte non traité. En l’absence d’une démonstration suffisante de cette utilité clinique, les performances diagnostiques de ces méthodes non invasives seront recherchées, par comparaison à la ponction biopsie hépatique.</t>
+  </si>
+  <si>
+    <t>19/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1627010</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984619/en/triumeq-dolutegravir/abacavir/lamivudine-association-fixe-d-antiretroviraux</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 août 2025</t>
+  </si>
+  <si>
+    <t>20/08/2025 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3640905/fr/commission-de-la-transparence-reunion-du-27-aout-2025</t>
+  </si>
+  <si>
+    <t>p_3640905</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 juillet 2025</t>
+  </si>
+  <si>
+    <t>02/07/2025 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634391/fr/commission-de-la-transparence-reunion-du-9-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3634391</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 septembre 2024</t>
+  </si>
+  <si>
+    <t>04/09/2024 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538444/fr/commission-de-la-transparence-reunion-du-11-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3538444</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 février 2024</t>
+  </si>
+  <si>
+    <t>07/02/2024 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493692/fr/commission-de-la-transparence-reunion-du-14-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3493692</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 06 Juillet 2022</t>
+  </si>
+  <si>
+    <t>01/07/2022 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350249/fr/commission-de-la-transparence-reunion-du-06-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3350249</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 janvier 2020</t>
+  </si>
+  <si>
+    <t>03/01/2020 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145065/fr/commission-de-la-transparence-reunion-du-8-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3145065</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mars 2019</t>
+  </si>
+  <si>
+    <t>14/03/2019 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909894/fr/commission-de-la-transparence-reunion-du-20-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2909894</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 avril 2018</t>
+  </si>
+  <si>
+    <t>28/03/2018 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839061/fr/commission-de-la-transparence-reunion-du-4-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2839061</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>14/09/2016 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666766/fr/commission-de-la-transparence-reunion-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2666766</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 avril 2011</t>
+  </si>
+  <si>
+    <t>06/04/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1034010/fr/commission-de-la-transparence-reunion-du-6-avril-2011</t>
+  </si>
+  <si>
+    <t>c_1034010</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er avril 2009</t>
+  </si>
+  <si>
+    <t>01/04/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_764558/fr/commission-de-la-transparence-reunion-du-1er-avril-2009</t>
+  </si>
+  <si>
+    <t>c_764558</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 octobre 2007</t>
+  </si>
+  <si>
+    <t>10/10/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592918/fr/commission-de-la-transparence-reunion-du-10-octobre-2007</t>
+  </si>
+  <si>
+    <t>c_592918</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0010/AC/SEM du 5 mars 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale des spécialités TIVICAY (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Les indications de l’autorisation de mise sur le marché des spécialités TIVICAY qui n’ont pas fait l’objet d’autorisations temporaires d’utilisation nominatives concernent les patients VIH naïfs de traitement et les patients prétraités avec des alternatives appropriées. Pour ces indications, la HAS a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont détaillées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>05/03/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>18/03/2014 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729603/fr/avis-n-2014-0010/ac/sem-du-5-mars-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-des-specialites-tivicay-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1729603</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d'admission en  affection de longue durée (ALD) - Juin 2009</t>
+  </si>
+  <si>
+    <t>La loi du 13 août 2004 a confié trois missions à la HAS (art. R 161-71 CSS) dans le domaine des affections de longue durée (ALD) dont l’une est de formuler des recommandations sur les critères utilisés pour la définition des ALD, c’est-à-dire définir les conditions médicales nécessaires pour que les malades bénéficient d’une exonération de ticket modérateur, pour une affection donnée.</t>
+  </si>
+  <si>
+    <t>30/06/2009 17:49:00</t>
+  </si>
+  <si>
+    <t>01/10/2009 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817790/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affection-de-longue-duree-ald-juin-2009</t>
+  </si>
+  <si>
+    <t>c_817790</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TRIUMEQ (dolutégravir/abacavir/lamivudine)</t>
+  </si>
+  <si>
+    <t>18/09/2025 08:44:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984619/fr/triumeq-dolutegravir/abacavir/lamivudine</t>
   </si>
   <si>
     <t>pprd_2984619</t>
   </si>
   <si>
     <t>dolutégravir,abacavir,lamivudine</t>
   </si>
   <si>
     <t>VIIV HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2008464/en/triumeq-dolutegravir/abacavir/lamivudine-fixed-dose-combination-of-antiretrovirals</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3147186/en/dovato-dolutegravir/-lamivudine</t>
+    <t>https://www.has-sante.fr/jcms/c_2008464/fr/triumeq-dolutegravir/abacavir/lamivudine-association-fixe-d-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293332/fr/triumeq-abacavir/dolutegravir-sodique/lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445064/fr/triumeq-abacavir/dolutegravir-sodique/lamivudine-vih</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546931/fr/triumeq-dolutegravir/abacavir/lamivudine-vih</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685912/fr/triumeq-dolutegravir/abacavir/lamivudine-vih</t>
+  </si>
+  <si>
+    <t>DOVATO (dolutégravir/lamivudine)</t>
+  </si>
+  <si>
+    <t>18/09/2025 08:42:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147186/fr/dovato-dolutegravir/lamivudine</t>
   </si>
   <si>
     <t>p_3147186</t>
   </si>
   <si>
     <t>dolutégravir,lamivudine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3146844/en/dovato-dolutegravir/-lamivudine</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982781/en/delstrigo</t>
+    <t>https://www.has-sante.fr/jcms/p_3146844/fr/dovato-dolutegravir/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294118/fr/dovato-50-mg/300-mg-dolutegravir-sodique/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497014/fr/dovato-dolutegravir/lamivudine-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637598/fr/dovato-dolutegravir-/-lamivudine-antiretroviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685921/fr/dovato-dolutegravir/lamivudine-antiretroviral</t>
+  </si>
+  <si>
+    <t>DELSTRIGO (ténofovir disoproxil/ doravirine/ lamivudine)</t>
+  </si>
+  <si>
+    <t>02/09/2022 16:19:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982781/fr/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine</t>
   </si>
   <si>
     <t>pprd_2982781</t>
   </si>
   <si>
     <t>ténofovir disoproxil,doravirine,lamivudine</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2965623/en/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983579/en/combivir-n/r/-lamivudine/-zidovudine/-lamivudine-et-zidovudine</t>
+    <t>https://www.has-sante.fr/jcms/c_2965623/fr/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3360847/fr/delstrigo-tenofovir-disoproxil/-doravirine/-lamivudine-vih-adolescents</t>
+  </si>
+  <si>
+    <t>COMBIVIR (lamivudine/ zidovudine)</t>
+  </si>
+  <si>
+    <t>29/06/2017 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983579/fr/combivir-lamivudine/-zidovudine</t>
   </si>
   <si>
     <t>pprd_2983579</t>
   </si>
   <si>
     <t>lamivudine,zidovudine</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE/ ViiV HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_631239/en/combivir-lamivudine/-zidovudine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399614/en/combivir-lamivudine/-zidovudine</t>
+    <t>https://www.has-sante.fr/jcms/c_631239/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798080/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254511/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777368/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399614/fr/combivir-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>ZEFFIX (lamivudine)</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984312/fr/zeffix-lamivudine</t>
+  </si>
+  <si>
+    <t>pprd_2984312</t>
+  </si>
+  <si>
+    <t>lamivudine</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399353/fr/zeffix-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618017/fr/zeffix-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945895/fr/zeffix-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573224/fr/zeffix-lamivudine</t>
+  </si>
+  <si>
+    <t>EPIVIR (lamivudine)</t>
+  </si>
+  <si>
+    <t>21/10/2015 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984379/fr/epivir-lamivudine</t>
+  </si>
+  <si>
+    <t>pprd_2984379</t>
+  </si>
+  <si>
+    <t>ViiV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399375/fr/epivir-150-mg-comprimes-pellicules-60-epivir-300-mg-comprimes-pellicules-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400653/fr/epivir-10-mg/ml-solution-buvable-1-flacon-240-ml-code-cip-341-451-2-epivir-150-mg-comprime-pellicule-1-flacon-de-60-comprimes-code-cip-341-452-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944525/fr/epivir-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561573/fr/epivir-lamivudine</t>
+  </si>
+  <si>
+    <t>KIVEXA (abacavir (sulfate d')/ lamivudine)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984404/fr/kivexa-abacavir-sulfate-d-/-lamivudine</t>
+  </si>
+  <si>
+    <t>pprd_2984404</t>
+  </si>
+  <si>
+    <t>abacavir (sulfate d'),lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_719595/fr/kivexa-abacavir-sulfate-d-/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054868/fr/kivexa-abacavir-sulfate-d-/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559109/fr/kivexa-abacavir-sulfate-d-/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400208/fr/kivexa-comprime-boite-de-30</t>
+  </si>
+  <si>
+    <t>TRIZIVIR (abacavir (sulfate d')/ lamivudine/ zidovudine)</t>
+  </si>
+  <si>
+    <t>17/07/2015 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984469/fr/trizivir-abacavir-sulfate-d-/-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>pprd_2984469</t>
+  </si>
+  <si>
+    <t>abacavir (sulfate d'),lamivudine,zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399056/fr/trizivir-300/150/300-mg-comprimes-pellicules-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718918/fr/trizivir-abacavir-sulfate-d-/-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051920/fr/trizivir-abacavir-sulfate-d-/-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046984/fr/trizivir-abacavir-sulfate-d-/-lamivudine/-zidovudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399930/fr/trizivir-comprime-pellicule-boite-de-60</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>155</v>
+      </c>
+      <c r="J1" t="s">
         <v>9</v>
       </c>
+      <c r="K1" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>157</v>
+      </c>
+      <c r="B2" t="s">
+        <v>158</v>
+      </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>159</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>160</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>161</v>
+      </c>
+      <c r="I2" t="s">
+        <v>162</v>
+      </c>
+      <c r="J2" t="s">
+        <v>163</v>
+      </c>
+      <c r="K2" t="s">
+        <v>164</v>
+      </c>
+      <c r="L2" t="s">
+        <v>165</v>
+      </c>
+      <c r="M2" t="s">
+        <v>166</v>
+      </c>
+      <c r="N2" t="s">
+        <v>167</v>
+      </c>
+      <c r="O2" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>157</v>
+      </c>
+      <c r="B3" t="s">
+        <v>169</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>171</v>
+      </c>
+      <c r="H3" t="s">
+        <v>172</v>
+      </c>
+      <c r="I3" t="s">
+        <v>173</v>
+      </c>
+      <c r="J3" t="s">
+        <v>163</v>
+      </c>
+      <c r="K3" t="s">
+        <v>174</v>
+      </c>
+      <c r="L3" t="s">
+        <v>175</v>
+      </c>
+      <c r="M3" t="s">
+        <v>176</v>
+      </c>
+      <c r="N3" t="s">
+        <v>177</v>
+      </c>
+      <c r="O3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B4" t="s">
+        <v>179</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>180</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>181</v>
+      </c>
+      <c r="H4" t="s">
+        <v>182</v>
+      </c>
+      <c r="I4" t="s">
+        <v>183</v>
+      </c>
+      <c r="J4" t="s">
+        <v>184</v>
+      </c>
+      <c r="K4" t="s">
+        <v>185</v>
+      </c>
+      <c r="L4" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>157</v>
+      </c>
+      <c r="B5" t="s">
+        <v>187</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>188</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>189</v>
+      </c>
+      <c r="H5" t="s">
+        <v>190</v>
+      </c>
+      <c r="I5" t="s">
+        <v>191</v>
+      </c>
+      <c r="J5" t="s">
+        <v>192</v>
+      </c>
+      <c r="K5" t="s">
+        <v>193</v>
+      </c>
+      <c r="L5" t="s">
+        <v>194</v>
+      </c>
+      <c r="M5" t="s">
+        <v>195</v>
+      </c>
+      <c r="N5" t="s">
+        <v>196</v>
+      </c>
+      <c r="O5" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>157</v>
+      </c>
+      <c r="B6" t="s">
+        <v>198</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>199</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>200</v>
+      </c>
+      <c r="H6" t="s">
+        <v>201</v>
+      </c>
+      <c r="I6" t="s">
+        <v>202</v>
+      </c>
+      <c r="J6" t="s">
+        <v>203</v>
+      </c>
+      <c r="K6" t="s">
+        <v>204</v>
+      </c>
+      <c r="L6" t="s">
+        <v>205</v>
+      </c>
+      <c r="M6" t="s">
+        <v>206</v>
+      </c>
+      <c r="N6" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>157</v>
+      </c>
+      <c r="B7" t="s">
+        <v>208</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>209</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H7" t="s">
+        <v>211</v>
+      </c>
+      <c r="I7" t="s">
+        <v>202</v>
+      </c>
+      <c r="J7" t="s">
+        <v>212</v>
+      </c>
+      <c r="K7" t="s">
+        <v>213</v>
+      </c>
+      <c r="L7" t="s">
+        <v>214</v>
+      </c>
+      <c r="M7" t="s">
+        <v>215</v>
+      </c>
+      <c r="N7" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>157</v>
+      </c>
+      <c r="B8" t="s">
+        <v>217</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>218</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>219</v>
+      </c>
+      <c r="H8" t="s">
+        <v>220</v>
+      </c>
+      <c r="I8" t="s">
+        <v>221</v>
+      </c>
+      <c r="J8" t="s">
+        <v>212</v>
+      </c>
+      <c r="K8" t="s">
+        <v>222</v>
+      </c>
+      <c r="L8" t="s">
+        <v>223</v>
+      </c>
+      <c r="M8" t="s">
+        <v>224</v>
+      </c>
+      <c r="N8" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>157</v>
+      </c>
+      <c r="B9" t="s">
+        <v>226</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>227</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>228</v>
+      </c>
+      <c r="H9" t="s">
+        <v>229</v>
+      </c>
+      <c r="I9" t="s">
+        <v>230</v>
+      </c>
+      <c r="J9" t="s">
+        <v>212</v>
+      </c>
+      <c r="K9" t="s">
+        <v>231</v>
+      </c>
+      <c r="L9" t="s">
+        <v>232</v>
+      </c>
+      <c r="M9" t="s">
+        <v>233</v>
+      </c>
+      <c r="N9" t="s">
+        <v>234</v>
+      </c>
+      <c r="O9" t="s">
+        <v>235</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>25</v>
+      </c>
+      <c r="B2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>52</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="B2" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="C2" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="D2" t="s">
-        <v>32</v>
+        <v>68</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>66</v>
       </c>
       <c r="B3" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="C3" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="D3" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="E3" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>40</v>
+        <v>76</v>
       </c>
       <c r="H3" t="s">
-        <v>41</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O5"/>
+  <dimension ref="A1:I13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>42</v>
-[...5 lines deleted...]
-        <v>44</v>
+        <v>78</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="B2" t="s">
-        <v>46</v>
+        <v>80</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
       <c r="H2" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="I2" t="s">
-        <v>50</v>
-[...17 lines deleted...]
-        <v>56</v>
+        <v>84</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="B3" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>58</v>
+        <v>86</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="H3" t="s">
-        <v>60</v>
+        <v>88</v>
       </c>
       <c r="I3" t="s">
-        <v>61</v>
-[...17 lines deleted...]
-        <v>66</v>
+        <v>84</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="B4" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>68</v>
+        <v>90</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>69</v>
+        <v>91</v>
       </c>
       <c r="H4" t="s">
-        <v>70</v>
+        <v>92</v>
       </c>
       <c r="I4" t="s">
-        <v>71</v>
-[...8 lines deleted...]
-        <v>74</v>
+        <v>84</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="B5" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>76</v>
+        <v>94</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>77</v>
+        <v>95</v>
       </c>
       <c r="H5" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="I5" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
         <v>79</v>
       </c>
-      <c r="J5" t="s">
-[...11 lines deleted...]
-      <c r="N5" t="s">
+      <c r="B6" t="s">
+        <v>97</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>98</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>99</v>
+      </c>
+      <c r="H6" t="s">
+        <v>100</v>
+      </c>
+      <c r="I6" t="s">
         <v>84</v>
       </c>
-      <c r="O5" t="s">
-        <v>85</v>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>102</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>103</v>
+      </c>
+      <c r="H7" t="s">
+        <v>104</v>
+      </c>
+      <c r="I7" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>79</v>
+      </c>
+      <c r="B8" t="s">
+        <v>105</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>106</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>107</v>
+      </c>
+      <c r="H8" t="s">
+        <v>108</v>
+      </c>
+      <c r="I8" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>109</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>110</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>111</v>
+      </c>
+      <c r="H9" t="s">
+        <v>112</v>
+      </c>
+      <c r="I9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>113</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>114</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>115</v>
+      </c>
+      <c r="H10" t="s">
+        <v>116</v>
+      </c>
+      <c r="I10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>117</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>118</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>119</v>
+      </c>
+      <c r="H11" t="s">
+        <v>120</v>
+      </c>
+      <c r="I11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>121</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>122</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>123</v>
+      </c>
+      <c r="H12" t="s">
+        <v>124</v>
+      </c>
+      <c r="I12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>79</v>
+      </c>
+      <c r="B13" t="s">
+        <v>125</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>126</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>127</v>
+      </c>
+      <c r="H13" t="s">
+        <v>128</v>
+      </c>
+      <c r="I13" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D2" t="s">
+        <v>132</v>
+      </c>
+      <c r="E2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>134</v>
+      </c>
+      <c r="H2" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C3" t="s">
+        <v>137</v>
+      </c>
+      <c r="D3" t="s">
+        <v>138</v>
+      </c>
+      <c r="E3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>140</v>
+      </c>
+      <c r="H3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>129</v>
+      </c>
+      <c r="B4" t="s">
+        <v>142</v>
+      </c>
+      <c r="C4" t="s">
+        <v>143</v>
+      </c>
+      <c r="D4" t="s">
+        <v>144</v>
+      </c>
+      <c r="E4" t="s">
+        <v>145</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>146</v>
+      </c>
+      <c r="H4" t="s">
+        <v>147</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>148</v>
+      </c>
+      <c r="B2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C2" t="s">
+        <v>150</v>
+      </c>
+      <c r="D2" t="s">
+        <v>151</v>
+      </c>
+      <c r="E2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>153</v>
+      </c>
+      <c r="H2" t="s">
+        <v>154</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>