--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,238 +1,1174 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="596" uniqueCount="350">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Bulimia nervosa and binge eating disorder</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Repérage, diagnostic et prise en charge des troubles psychiques périnatals - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est de favoriser le repérage, le diagnostic et la prise en charge des troubles psychiques durant la grossesse et dans la période postnatale (1 an après la naissance).</t>
+  </si>
+  <si>
+    <t>25/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2021 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234406/fr/reperage-diagnostic-et-prise-en-charge-des-troubles-psychiques-perinatals-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3234406</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985274/en/lamictal-lamicstart-lamotrigine</t>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>La sclérose en plaques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes : Critères diagnostiques de la sclérose en plaques ? Indications thérapeutiques à visée étiologique ? Indications thérapeutiques à visée symptomatique ? Suivi de la sclérose en plaques et évaluation de l'évolution ? Modalités de la prise en charge ?</t>
+  </si>
+  <si>
+    <t>29/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2001 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272001/fr/la-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_272001</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome MYT1L</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome MYT1L. Il a été élaboré par le Centre de Référence constitutif « Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2026 08:34:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840763/fr/syndrome-myt1l</t>
+  </si>
+  <si>
+    <t>p_3840763</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolf-Hirschhorn</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWH. Il a été élaboré par Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385256/fr/syndrome-de-wolf-hirschhorn</t>
+  </si>
+  <si>
+    <t>p_3385256</t>
+  </si>
+  <si>
+    <t>Syndrome de Perrault</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Perrault. Il a été élaboré par le CRMR surdités génétiques du CHU de Lille, CCMR surdités génétiques du CHU de Toulouse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389533/fr/syndrome-de-perrault</t>
+  </si>
+  <si>
+    <t>p_3389533</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Syndrome TEA « Transient Epileptic Amnesia »</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un TEA . Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373665/fr/syndrome-tea-transient-epileptic-amnesia</t>
+  </si>
+  <si>
+    <t>p_3373665</t>
+  </si>
+  <si>
+    <t>Syndrome Post-Poliomyélitique et effet du vieillissement chez les personnes atteintes de séquelles de Poliomyélite Antérieure Aiguë</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome post-polio (SPP) ou de complications liées au vieillissement chez un patient porteur de séquelles de PAA. Il a été élaboré par le Centre de référence pour les maladies neuromusculaires et la SLA de Marseille à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/08/2022 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351803/fr/syndrome-post-poliomyelitique-et-effet-du-vieillissement-chez-les-personnes-atteintes-de-sequelles-de-poliomyelite-anterieure-aigue</t>
+  </si>
+  <si>
+    <t>p_3351803</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Syndrome de Pitt Hopkins (PTHS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Pitt Hopkins (PTHS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295033/fr/syndrome-de-pitt-hopkins-pths</t>
+  </si>
+  <si>
+    <t>p_3295033</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Magenis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Smith-Magenis. Il a été élaboré par le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284453/fr/syndrome-de-smith-magenis</t>
+  </si>
+  <si>
+    <t>p_3284453</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication du gène MECP2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de duplication du gène MECP2. Il a été élaboré par le Centre de Référence CRDI de Strasbourg et le Centre de Référence CLAD Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148006/fr/syndrome-de-duplication-du-gene-mecp2</t>
+  </si>
+  <si>
+    <t>p_3148006</t>
+  </si>
+  <si>
+    <t>Épilepsie myoclonique du nourrisson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’épilepsie myoclonique du nourrisson. Il a été élaboré par le Centre de référence des épilepsies rare de l'hôpital Robert-Debré à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076470/fr/epilepsie-myoclonique-du-nourrisson</t>
+  </si>
+  <si>
+    <t>p_3076470</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 16 février 2022</t>
+  </si>
+  <si>
+    <t>08/02/2022 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315369/fr/commission-de-la-transparence-reunion-du-16-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3315369</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 septembre 2010</t>
+  </si>
+  <si>
+    <t>08/09/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_979727/fr/commission-de-la-transparence-reunion-du-8-septembre-2010</t>
+  </si>
+  <si>
+    <t>c_979727</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 avril 2010</t>
+  </si>
+  <si>
+    <t>28/04/2010 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_946511/fr/commission-de-la-transparence-reunion-du-28-avril-2010</t>
+  </si>
+  <si>
+    <t>c_946511</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 juillet 2007</t>
+  </si>
+  <si>
+    <t>18/07/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616108/fr/commission-de-la-transparence-reunion-du-18-juillet-2007</t>
+  </si>
+  <si>
+    <t>c_616108</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Traitement de la Covid-19</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
+  </si>
+  <si>
+    <t>23/06/2023 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3447571</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>LAMICTAL (lamotrigine)</t>
+  </si>
+  <si>
+    <t>07/03/2022 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985274/fr/lamictal-lamotrigine</t>
   </si>
   <si>
     <t>pprd_2985274</t>
   </si>
   <si>
     <t>lamotrigine</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_957059/en/lamictal-lamicstart</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3322081/en/lamictal-lamotrigine-epilepsies-partielles-et-generalisees</t>
+    <t>https://www.has-sante.fr/jcms/c_957059/fr/lamictal-lamicstart-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652822/fr/lamictal-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556176/fr/lamictal-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957058/fr/lamictal-lamicstart-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399433/fr/lamictal-25mg-comprimes-dispersibles-lamictal-100mg-comprimes-dispersibles-boite-de-30-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398983/fr/lamictal-25-mg-comprime-instauration-du-traitement-boite-de-21-lamictal-50-mg-comprime-instauration-du-traitement-boite-de-42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398982/fr/lamictal-5-mg-comprime-dispersible-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098822/fr/lamictal-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148224/fr/lamictal-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322081/fr/lamictal-lamotrigine-epilepsies-partielles-et-generalisees</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -272,154 +1208,1967 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>48</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" t="s">
+        <v>48</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>66</v>
+      </c>
+      <c r="H12" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>70</v>
+      </c>
+      <c r="H13" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>73</v>
+      </c>
+      <c r="D14" t="s">
+        <v>48</v>
+      </c>
+      <c r="E14" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>74</v>
+      </c>
+      <c r="H14" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>48</v>
+      </c>
+      <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>78</v>
+      </c>
+      <c r="H15" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" t="s">
+        <v>48</v>
+      </c>
+      <c r="E16" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>81</v>
+      </c>
+      <c r="H16" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>83</v>
+      </c>
+      <c r="C17" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" t="s">
+        <v>48</v>
+      </c>
+      <c r="E17" t="s">
+        <v>58</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>84</v>
+      </c>
+      <c r="H17" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" t="s">
+        <v>57</v>
+      </c>
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
+      <c r="E18" t="s">
+        <v>58</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>87</v>
+      </c>
+      <c r="H18" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>89</v>
+      </c>
+      <c r="C19" t="s">
+        <v>90</v>
+      </c>
+      <c r="D19" t="s">
+        <v>91</v>
+      </c>
+      <c r="E19" t="s">
+        <v>92</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>93</v>
+      </c>
+      <c r="H19" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>95</v>
+      </c>
+      <c r="C20" t="s">
+        <v>96</v>
+      </c>
+      <c r="D20" t="s">
+        <v>97</v>
+      </c>
+      <c r="E20" t="s">
+        <v>98</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>99</v>
+      </c>
+      <c r="H20" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" t="s">
+        <v>102</v>
+      </c>
+      <c r="D21" t="s">
+        <v>97</v>
+      </c>
+      <c r="E21" t="s">
+        <v>103</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>104</v>
+      </c>
+      <c r="H21" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" t="s">
+        <v>108</v>
+      </c>
+      <c r="E22" t="s">
+        <v>109</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>110</v>
+      </c>
+      <c r="H22" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" t="s">
+        <v>113</v>
+      </c>
+      <c r="D23" t="s">
+        <v>114</v>
+      </c>
+      <c r="E23" t="s">
+        <v>115</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>116</v>
+      </c>
+      <c r="H23" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>118</v>
+      </c>
+      <c r="C24" t="s">
+        <v>119</v>
+      </c>
+      <c r="D24" t="s">
+        <v>120</v>
+      </c>
+      <c r="E24" t="s">
+        <v>121</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>122</v>
+      </c>
+      <c r="H24" t="s">
+        <v>123</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H37"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>128</v>
+      </c>
+      <c r="H2" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C3" t="s">
+        <v>131</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>133</v>
+      </c>
+      <c r="H3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>124</v>
+      </c>
+      <c r="B4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>137</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>138</v>
+      </c>
+      <c r="H4" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B5" t="s">
+        <v>140</v>
+      </c>
+      <c r="C5" t="s">
+        <v>141</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>142</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>143</v>
+      </c>
+      <c r="H5" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>124</v>
+      </c>
+      <c r="B6" t="s">
+        <v>145</v>
+      </c>
+      <c r="C6" t="s">
+        <v>146</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>147</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>148</v>
+      </c>
+      <c r="H6" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>124</v>
+      </c>
+      <c r="B7" t="s">
+        <v>150</v>
+      </c>
+      <c r="C7" t="s">
+        <v>151</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>152</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>153</v>
+      </c>
+      <c r="H7" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>124</v>
+      </c>
+      <c r="B8" t="s">
+        <v>155</v>
+      </c>
+      <c r="C8" t="s">
+        <v>156</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>157</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>158</v>
+      </c>
+      <c r="H8" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>124</v>
+      </c>
+      <c r="B9" t="s">
+        <v>160</v>
+      </c>
+      <c r="C9" t="s">
+        <v>161</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>162</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>163</v>
+      </c>
+      <c r="H9" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>124</v>
+      </c>
+      <c r="B10" t="s">
+        <v>165</v>
+      </c>
+      <c r="C10" t="s">
+        <v>166</v>
+      </c>
+      <c r="D10" t="s">
+        <v>167</v>
+      </c>
+      <c r="E10" t="s">
+        <v>168</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>169</v>
+      </c>
+      <c r="H10" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>124</v>
+      </c>
+      <c r="B11" t="s">
+        <v>171</v>
+      </c>
+      <c r="C11" t="s">
+        <v>172</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>173</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>174</v>
+      </c>
+      <c r="H11" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>124</v>
+      </c>
+      <c r="B12" t="s">
+        <v>176</v>
+      </c>
+      <c r="C12" t="s">
+        <v>177</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>178</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>179</v>
+      </c>
+      <c r="H12" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>124</v>
+      </c>
+      <c r="B13" t="s">
+        <v>181</v>
+      </c>
+      <c r="C13" t="s">
+        <v>182</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>178</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>183</v>
+      </c>
+      <c r="H13" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>124</v>
+      </c>
+      <c r="B14" t="s">
+        <v>185</v>
+      </c>
+      <c r="C14" t="s">
+        <v>186</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>187</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>188</v>
+      </c>
+      <c r="H14" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>190</v>
+      </c>
+      <c r="C15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>192</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>193</v>
+      </c>
+      <c r="H15" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>124</v>
+      </c>
+      <c r="B16" t="s">
+        <v>195</v>
+      </c>
+      <c r="C16" t="s">
+        <v>196</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>197</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>198</v>
+      </c>
+      <c r="H16" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>124</v>
+      </c>
+      <c r="B17" t="s">
+        <v>200</v>
+      </c>
+      <c r="C17" t="s">
+        <v>201</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>202</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>203</v>
+      </c>
+      <c r="H17" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>124</v>
+      </c>
+      <c r="B18" t="s">
+        <v>205</v>
+      </c>
+      <c r="C18" t="s">
+        <v>206</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>207</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>208</v>
+      </c>
+      <c r="H18" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>210</v>
+      </c>
+      <c r="C19" t="s">
+        <v>211</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>212</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>213</v>
+      </c>
+      <c r="H19" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" t="s">
+        <v>215</v>
+      </c>
+      <c r="C20" t="s">
+        <v>216</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>212</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>217</v>
+      </c>
+      <c r="H20" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>124</v>
+      </c>
+      <c r="B21" t="s">
+        <v>219</v>
+      </c>
+      <c r="C21" t="s">
+        <v>220</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>212</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>221</v>
+      </c>
+      <c r="H21" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>124</v>
+      </c>
+      <c r="B22" t="s">
+        <v>223</v>
+      </c>
+      <c r="C22" t="s">
+        <v>224</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>225</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>226</v>
+      </c>
+      <c r="H22" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>124</v>
+      </c>
+      <c r="B23" t="s">
+        <v>228</v>
+      </c>
+      <c r="C23" t="s">
+        <v>229</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>230</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>231</v>
+      </c>
+      <c r="H23" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>124</v>
+      </c>
+      <c r="B24" t="s">
+        <v>233</v>
+      </c>
+      <c r="C24" t="s">
+        <v>234</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>230</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>235</v>
+      </c>
+      <c r="H24" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>124</v>
+      </c>
+      <c r="B25" t="s">
+        <v>237</v>
+      </c>
+      <c r="C25" t="s">
+        <v>238</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>230</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>239</v>
+      </c>
+      <c r="H25" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>124</v>
+      </c>
+      <c r="B26" t="s">
+        <v>241</v>
+      </c>
+      <c r="C26" t="s">
+        <v>242</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>243</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>244</v>
+      </c>
+      <c r="H26" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>124</v>
+      </c>
+      <c r="B27" t="s">
+        <v>246</v>
+      </c>
+      <c r="C27" t="s">
+        <v>247</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>248</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>249</v>
+      </c>
+      <c r="H27" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>124</v>
+      </c>
+      <c r="B28" t="s">
+        <v>251</v>
+      </c>
+      <c r="C28" t="s">
+        <v>252</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>248</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>253</v>
+      </c>
+      <c r="H28" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>124</v>
+      </c>
+      <c r="B29" t="s">
+        <v>255</v>
+      </c>
+      <c r="C29" t="s">
+        <v>256</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>257</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>258</v>
+      </c>
+      <c r="H29" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>124</v>
+      </c>
+      <c r="B30" t="s">
+        <v>260</v>
+      </c>
+      <c r="C30" t="s">
+        <v>261</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>262</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>263</v>
+      </c>
+      <c r="H30" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>124</v>
+      </c>
+      <c r="B31" t="s">
+        <v>265</v>
+      </c>
+      <c r="C31" t="s">
+        <v>266</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>267</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>268</v>
+      </c>
+      <c r="H31" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>124</v>
+      </c>
+      <c r="B32" t="s">
+        <v>270</v>
+      </c>
+      <c r="C32" t="s">
+        <v>271</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>272</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>273</v>
+      </c>
+      <c r="H32" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>124</v>
+      </c>
+      <c r="B33" t="s">
+        <v>275</v>
+      </c>
+      <c r="C33" t="s">
+        <v>276</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>277</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>278</v>
+      </c>
+      <c r="H33" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>124</v>
+      </c>
+      <c r="B34" t="s">
+        <v>280</v>
+      </c>
+      <c r="C34" t="s">
+        <v>281</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>282</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>283</v>
+      </c>
+      <c r="H34" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>124</v>
+      </c>
+      <c r="B35" t="s">
+        <v>285</v>
+      </c>
+      <c r="C35" t="s">
+        <v>286</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>287</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>288</v>
+      </c>
+      <c r="H35" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>124</v>
+      </c>
+      <c r="B36" t="s">
+        <v>290</v>
+      </c>
+      <c r="C36" t="s">
+        <v>291</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>292</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>293</v>
+      </c>
+      <c r="H36" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>124</v>
+      </c>
+      <c r="B37" t="s">
+        <v>295</v>
+      </c>
+      <c r="C37" t="s">
+        <v>296</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>297</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>298</v>
+      </c>
+      <c r="H37" t="s">
+        <v>299</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>301</v>
+      </c>
+      <c r="B2" t="s">
+        <v>302</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>303</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>304</v>
+      </c>
+      <c r="H2" t="s">
+        <v>305</v>
+      </c>
+      <c r="I2" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B3" t="s">
+        <v>307</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>308</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>309</v>
+      </c>
+      <c r="H3" t="s">
+        <v>310</v>
+      </c>
+      <c r="I3" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>301</v>
+      </c>
+      <c r="B4" t="s">
+        <v>311</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>312</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>313</v>
+      </c>
+      <c r="H4" t="s">
+        <v>314</v>
+      </c>
+      <c r="I4" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>301</v>
+      </c>
+      <c r="B5" t="s">
+        <v>315</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>316</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>317</v>
+      </c>
+      <c r="H5" t="s">
+        <v>318</v>
+      </c>
+      <c r="I5" t="s">
+        <v>306</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>319</v>
+      </c>
+      <c r="B2" t="s">
+        <v>320</v>
+      </c>
+      <c r="C2" t="s">
+        <v>321</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>322</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>323</v>
+      </c>
+      <c r="H2" t="s">
+        <v>324</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>22</v>
+        <v>325</v>
       </c>
       <c r="J1" t="s">
-        <v>23</v>
+        <v>326</v>
       </c>
       <c r="K1" t="s">
-        <v>24</v>
+        <v>327</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>328</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>329</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>330</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>331</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>332</v>
       </c>
       <c r="I2" t="s">
-        <v>30</v>
+        <v>333</v>
       </c>
       <c r="J2" t="s">
-        <v>31</v>
+        <v>334</v>
       </c>
       <c r="K2" t="s">
-        <v>32</v>
+        <v>335</v>
       </c>
       <c r="L2" t="s">
-        <v>33</v>
+        <v>336</v>
       </c>
       <c r="M2" t="s">
-        <v>34</v>
+        <v>337</v>
       </c>
       <c r="N2" t="s">
-        <v>35</v>
+        <v>338</v>
       </c>
       <c r="O2" t="s">
-        <v>36</v>
+        <v>339</v>
       </c>
       <c r="P2" t="s">
-        <v>37</v>
+        <v>340</v>
       </c>
       <c r="Q2" t="s">
-        <v>38</v>
+        <v>341</v>
       </c>
       <c r="R2" t="s">
-        <v>39</v>
+        <v>342</v>
       </c>
       <c r="S2" t="s">
-        <v>40</v>
+        <v>343</v>
       </c>
       <c r="T2" t="s">
-        <v>41</v>
+        <v>344</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>345</v>
+      </c>
+      <c r="B2" t="s">
+        <v>346</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>347</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>348</v>
+      </c>
+      <c r="H2" t="s">
+        <v>349</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>