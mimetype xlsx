--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -5,113 +5,626 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
     <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="329">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="339">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolf-Hirschhorn</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWH. Il a été élaboré par Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385256/fr/syndrome-de-wolf-hirschhorn</t>
+  </si>
+  <si>
+    <t>p_3385256</t>
+  </si>
+  <si>
+    <t>Syndrome de Perrault</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Perrault. Il a été élaboré par le CRMR surdités génétiques du CHU de Lille, CCMR surdités génétiques du CHU de Toulouse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389533/fr/syndrome-de-perrault</t>
+  </si>
+  <si>
+    <t>p_3389533</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Syndrome TEA « Transient Epileptic Amnesia »</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un TEA . Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373665/fr/syndrome-tea-transient-epileptic-amnesia</t>
+  </si>
+  <si>
+    <t>p_3373665</t>
+  </si>
+  <si>
+    <t>Syndrome Post-Poliomyélitique et effet du vieillissement chez les personnes atteintes de séquelles de Poliomyélite Antérieure Aiguë</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome post-polio (SPP) ou de complications liées au vieillissement chez un patient porteur de séquelles de PAA. Il a été élaboré par le Centre de référence pour les maladies neuromusculaires et la SLA de Marseille à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/08/2022 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351803/fr/syndrome-post-poliomyelitique-et-effet-du-vieillissement-chez-les-personnes-atteintes-de-sequelles-de-poliomyelite-anterieure-aigue</t>
+  </si>
+  <si>
+    <t>p_3351803</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Syndrome de Pitt Hopkins (PTHS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Pitt Hopkins (PTHS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295033/fr/syndrome-de-pitt-hopkins-pths</t>
+  </si>
+  <si>
+    <t>p_3295033</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Magenis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Smith-Magenis. Il a été élaboré par le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284453/fr/syndrome-de-smith-magenis</t>
+  </si>
+  <si>
+    <t>p_3284453</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication du gène MECP2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de duplication du gène MECP2. Il a été élaboré par le Centre de Référence CRDI de Strasbourg et le Centre de Référence CLAD Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148006/fr/syndrome-de-duplication-du-gene-mecp2</t>
+  </si>
+  <si>
+    <t>p_3148006</t>
+  </si>
+  <si>
+    <t>Épilepsie myoclonique du nourrisson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’épilepsie myoclonique du nourrisson. Il a été élaboré par le Centre de référence des épilepsies rare de l'hôpital Robert-Debré à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076470/fr/epilepsie-myoclonique-du-nourrisson</t>
+  </si>
+  <si>
+    <t>p_3076470</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>19/06/2025 00:00:00</t>
   </si>
   <si>
     <t>10/07/2025 14:08:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>18/02/2025 14:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
@@ -378,533 +891,50 @@
     <t>01/06/2001 17:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272001/fr/la-sclerose-en-plaques</t>
   </si>
   <si>
     <t>c_272001</t>
   </si>
   <si>
     <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
   </si>
   <si>
     <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
   </si>
   <si>
     <t>01/12/2002 00:00:00</t>
   </si>
   <si>
     <t>01/12/2002 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
   </si>
   <si>
     <t>c_272224</t>
-  </si>
-[...481 lines deleted...]
-    <t>c_2751900</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la Transparence - Réunion du 16 février 2022</t>
   </si>
   <si>
     <t>08/02/2022 09:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3315369/fr/commission-de-la-transparence-reunion-du-16-fevrier-2022</t>
   </si>
   <si>
     <t>p_3315369</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 8 septembre 2010</t>
   </si>
@@ -1061,1947 +1091,1999 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
-      </c>
-[...13 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
         <v>34</v>
-      </c>
-[...16 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="H7" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="C8" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
         <v>42</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>43</v>
       </c>
-      <c r="F8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>47</v>
+      </c>
+      <c r="E9" t="s">
+        <v>48</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>49</v>
+      </c>
+      <c r="H9" t="s">
         <v>50</v>
-      </c>
-[...16 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" t="s">
         <v>55</v>
-      </c>
-[...16 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>59</v>
       </c>
-      <c r="C11" t="s">
-[...11 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" t="s">
         <v>62</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>63</v>
       </c>
-      <c r="D12" t="s">
-[...8 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
+        <v>65</v>
+      </c>
+      <c r="C13" t="s">
         <v>66</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
         <v>67</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>68</v>
       </c>
       <c r="H13" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>70</v>
       </c>
       <c r="C14" t="s">
         <v>71</v>
       </c>
       <c r="D14" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>43</v>
+        <v>72</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C15" t="s">
-        <v>56</v>
+        <v>76</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>43</v>
+        <v>77</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="H15" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C16" t="s">
-        <v>51</v>
+        <v>81</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>52</v>
+        <v>82</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="H16" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C17" t="s">
-        <v>51</v>
+        <v>86</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="H17" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="C18" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D18" t="s">
-        <v>85</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="H18" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="C19" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="D19" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>92</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="H19" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C20" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D20" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="H20" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="C21" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D21" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H21" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C22" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D22" t="s">
-        <v>108</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H22" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C23" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D23" t="s">
-        <v>114</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
+        <v>110</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
         <v>115</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>116</v>
       </c>
-      <c r="H23" t="s">
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
         <v>117</v>
+      </c>
+      <c r="C24" t="s">
+        <v>118</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>110</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>119</v>
+      </c>
+      <c r="H24" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>121</v>
+      </c>
+      <c r="C25" t="s">
+        <v>122</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>123</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>124</v>
+      </c>
+      <c r="H25" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" t="s">
+        <v>126</v>
+      </c>
+      <c r="C26" t="s">
+        <v>127</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>128</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>129</v>
+      </c>
+      <c r="H26" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>8</v>
+      </c>
+      <c r="B27" t="s">
+        <v>131</v>
+      </c>
+      <c r="C27" t="s">
+        <v>132</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>128</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>133</v>
+      </c>
+      <c r="H27" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" t="s">
+        <v>135</v>
+      </c>
+      <c r="C28" t="s">
+        <v>136</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>137</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>138</v>
+      </c>
+      <c r="H28" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>8</v>
+      </c>
+      <c r="B29" t="s">
+        <v>140</v>
+      </c>
+      <c r="C29" t="s">
+        <v>141</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>142</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>143</v>
+      </c>
+      <c r="H29" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>8</v>
+      </c>
+      <c r="B30" t="s">
+        <v>145</v>
+      </c>
+      <c r="C30" t="s">
+        <v>146</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>147</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>148</v>
+      </c>
+      <c r="H30" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>8</v>
+      </c>
+      <c r="B31" t="s">
+        <v>150</v>
+      </c>
+      <c r="C31" t="s">
+        <v>151</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>152</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>153</v>
+      </c>
+      <c r="H31" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>8</v>
+      </c>
+      <c r="B32" t="s">
+        <v>155</v>
+      </c>
+      <c r="C32" t="s">
+        <v>156</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>157</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>158</v>
+      </c>
+      <c r="H32" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>8</v>
+      </c>
+      <c r="B33" t="s">
+        <v>160</v>
+      </c>
+      <c r="C33" t="s">
+        <v>161</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>162</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>163</v>
+      </c>
+      <c r="H33" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" t="s">
+        <v>165</v>
+      </c>
+      <c r="C34" t="s">
+        <v>166</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>167</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>168</v>
+      </c>
+      <c r="H34" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>8</v>
+      </c>
+      <c r="B35" t="s">
+        <v>170</v>
+      </c>
+      <c r="C35" t="s">
+        <v>171</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>172</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>173</v>
+      </c>
+      <c r="H35" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>8</v>
+      </c>
+      <c r="B36" t="s">
+        <v>175</v>
+      </c>
+      <c r="C36" t="s">
+        <v>176</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>177</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>178</v>
+      </c>
+      <c r="H36" t="s">
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H34"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B2" t="s">
-        <v>119</v>
+        <v>181</v>
       </c>
       <c r="C2" t="s">
-        <v>120</v>
+        <v>182</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>183</v>
       </c>
       <c r="E2" t="s">
-        <v>121</v>
+        <v>184</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>122</v>
+        <v>185</v>
       </c>
       <c r="H2" t="s">
-        <v>123</v>
+        <v>186</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B3" t="s">
-        <v>124</v>
+        <v>187</v>
       </c>
       <c r="C3" t="s">
-        <v>125</v>
+        <v>188</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>189</v>
       </c>
       <c r="E3" t="s">
-        <v>126</v>
+        <v>190</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>127</v>
+        <v>191</v>
       </c>
       <c r="H3" t="s">
-        <v>128</v>
+        <v>192</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B4" t="s">
-        <v>129</v>
+        <v>193</v>
       </c>
       <c r="C4" t="s">
-        <v>130</v>
+        <v>194</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>195</v>
       </c>
       <c r="E4" t="s">
-        <v>131</v>
+        <v>196</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>132</v>
+        <v>197</v>
       </c>
       <c r="H4" t="s">
-        <v>133</v>
+        <v>198</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B5" t="s">
-        <v>134</v>
+        <v>199</v>
       </c>
       <c r="C5" t="s">
-        <v>135</v>
+        <v>200</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>201</v>
       </c>
       <c r="E5" t="s">
-        <v>136</v>
+        <v>202</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>137</v>
+        <v>203</v>
       </c>
       <c r="H5" t="s">
-        <v>138</v>
+        <v>204</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B6" t="s">
-        <v>139</v>
+        <v>205</v>
       </c>
       <c r="C6" t="s">
-        <v>140</v>
+        <v>206</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>207</v>
       </c>
       <c r="E6" t="s">
-        <v>141</v>
+        <v>208</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>142</v>
+        <v>209</v>
       </c>
       <c r="H6" t="s">
-        <v>143</v>
+        <v>210</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B7" t="s">
-        <v>144</v>
+        <v>211</v>
       </c>
       <c r="C7" t="s">
-        <v>145</v>
+        <v>212</v>
       </c>
       <c r="D7" t="s">
-        <v>146</v>
+        <v>213</v>
       </c>
       <c r="E7" t="s">
-        <v>147</v>
+        <v>214</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>148</v>
+        <v>215</v>
       </c>
       <c r="H7" t="s">
-        <v>149</v>
+        <v>216</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B8" t="s">
-        <v>150</v>
+        <v>217</v>
       </c>
       <c r="C8" t="s">
-        <v>151</v>
+        <v>218</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="E8" t="s">
-        <v>152</v>
+        <v>214</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>153</v>
+        <v>219</v>
       </c>
       <c r="H8" t="s">
-        <v>154</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B9" t="s">
-        <v>155</v>
+        <v>221</v>
       </c>
       <c r="C9" t="s">
-        <v>156</v>
+        <v>222</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="E9" t="s">
-        <v>157</v>
+        <v>223</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>158</v>
+        <v>224</v>
       </c>
       <c r="H9" t="s">
-        <v>159</v>
+        <v>225</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B10" t="s">
-        <v>160</v>
+        <v>226</v>
       </c>
       <c r="C10" t="s">
-        <v>161</v>
+        <v>227</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="E10" t="s">
-        <v>157</v>
+        <v>223</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>162</v>
+        <v>228</v>
       </c>
       <c r="H10" t="s">
-        <v>163</v>
+        <v>229</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B11" t="s">
-        <v>164</v>
+        <v>230</v>
       </c>
       <c r="C11" t="s">
-        <v>165</v>
+        <v>227</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="E11" t="s">
-        <v>166</v>
+        <v>214</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>167</v>
+        <v>231</v>
       </c>
       <c r="H11" t="s">
-        <v>168</v>
+        <v>232</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B12" t="s">
-        <v>169</v>
+        <v>233</v>
       </c>
       <c r="C12" t="s">
-        <v>170</v>
+        <v>234</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="E12" t="s">
-        <v>171</v>
+        <v>223</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>172</v>
+        <v>235</v>
       </c>
       <c r="H12" t="s">
-        <v>173</v>
+        <v>236</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B13" t="s">
-        <v>174</v>
+        <v>237</v>
       </c>
       <c r="C13" t="s">
-        <v>175</v>
+        <v>238</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="E13" t="s">
-        <v>176</v>
+        <v>223</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>177</v>
+        <v>239</v>
       </c>
       <c r="H13" t="s">
-        <v>178</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B14" t="s">
-        <v>179</v>
+        <v>241</v>
       </c>
       <c r="C14" t="s">
-        <v>180</v>
+        <v>242</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="E14" t="s">
-        <v>181</v>
+        <v>214</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>182</v>
+        <v>243</v>
       </c>
       <c r="H14" t="s">
-        <v>183</v>
+        <v>244</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B15" t="s">
-        <v>184</v>
+        <v>245</v>
       </c>
       <c r="C15" t="s">
-        <v>185</v>
+        <v>227</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="E15" t="s">
-        <v>186</v>
+        <v>214</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>187</v>
+        <v>246</v>
       </c>
       <c r="H15" t="s">
-        <v>188</v>
+        <v>247</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B16" t="s">
-        <v>189</v>
+        <v>248</v>
       </c>
       <c r="C16" t="s">
-        <v>190</v>
+        <v>222</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="E16" t="s">
-        <v>191</v>
+        <v>223</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>192</v>
+        <v>249</v>
       </c>
       <c r="H16" t="s">
-        <v>193</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B17" t="s">
-        <v>194</v>
+        <v>251</v>
       </c>
       <c r="C17" t="s">
-        <v>195</v>
+        <v>222</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>213</v>
       </c>
       <c r="E17" t="s">
-        <v>191</v>
+        <v>223</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>196</v>
+        <v>252</v>
       </c>
       <c r="H17" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B18" t="s">
-        <v>198</v>
+        <v>254</v>
       </c>
       <c r="C18" t="s">
-        <v>199</v>
+        <v>255</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>256</v>
       </c>
       <c r="E18" t="s">
-        <v>191</v>
+        <v>257</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>200</v>
+        <v>258</v>
       </c>
       <c r="H18" t="s">
-        <v>201</v>
+        <v>259</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B19" t="s">
-        <v>202</v>
+        <v>260</v>
       </c>
       <c r="C19" t="s">
-        <v>203</v>
+        <v>261</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="E19" t="s">
-        <v>204</v>
+        <v>263</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>205</v>
+        <v>264</v>
       </c>
       <c r="H19" t="s">
-        <v>206</v>
+        <v>265</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B20" t="s">
-        <v>207</v>
+        <v>266</v>
       </c>
       <c r="C20" t="s">
-        <v>208</v>
+        <v>267</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="E20" t="s">
-        <v>209</v>
+        <v>268</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>210</v>
+        <v>269</v>
       </c>
       <c r="H20" t="s">
-        <v>211</v>
+        <v>270</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B21" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="C21" t="s">
-        <v>213</v>
+        <v>272</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>273</v>
       </c>
       <c r="E21" t="s">
-        <v>209</v>
+        <v>274</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>214</v>
+        <v>275</v>
       </c>
       <c r="H21" t="s">
-        <v>215</v>
+        <v>276</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B22" t="s">
-        <v>216</v>
+        <v>277</v>
       </c>
       <c r="C22" t="s">
-        <v>217</v>
+        <v>278</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>279</v>
       </c>
       <c r="E22" t="s">
-        <v>209</v>
+        <v>280</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>218</v>
+        <v>281</v>
       </c>
       <c r="H22" t="s">
-        <v>219</v>
+        <v>282</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>118</v>
+        <v>180</v>
       </c>
       <c r="B23" t="s">
-        <v>220</v>
+        <v>283</v>
       </c>
       <c r="C23" t="s">
-        <v>221</v>
+        <v>284</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>285</v>
       </c>
       <c r="E23" t="s">
-        <v>222</v>
+        <v>286</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>223</v>
+        <v>287</v>
       </c>
       <c r="H23" t="s">
-        <v>224</v>
-[...285 lines deleted...]
-        <v>278</v>
+        <v>288</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B2" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="H2" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="I2" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B3" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="H3" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="I3" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B4" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="H4" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="I4" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="B5" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
+        <v>305</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>306</v>
+      </c>
+      <c r="H5" t="s">
+        <v>307</v>
+      </c>
+      <c r="I5" t="s">
         <v>295</v>
-      </c>
-[...10 lines deleted...]
-        <v>285</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="B2" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="C2" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>301</v>
+        <v>311</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="H2" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="J1" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="K1" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="B2" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="H2" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="I2" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="J2" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
       <c r="K2" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
       <c r="L2" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="M2" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="N2" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="O2" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="P2" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="Q2" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="R2" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="S2" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="T2" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="B2" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="H2" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>