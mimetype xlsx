--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,3089 +1,425 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="339">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="42">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
-[...518 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
-[...212 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
-[...179 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985274/fr/lamictal-lamotrigine</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>LAMICTAL - LAMICSTART (lamotrigine)</t>
+  </si>
+  <si>
+    <t>03/07/2022 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985274/en/lamictal-lamicstart-lamotrigine</t>
   </si>
   <si>
     <t>pprd_2985274</t>
   </si>
   <si>
     <t>lamotrigine</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_957059/fr/lamictal-lamicstart-n/r/-lamotrigine</t>
-[...41 lines deleted...]
-    <t>c_1757924</t>
+    <t>https://www.has-sante.fr/jcms/c_957059/en/lamictal-lamicstart</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652822/en/lamictal-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556176/en/lamictal-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957058/en/lamictal-lamicstart</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399433/en/lamictal-25mg-comprimes-dispersibles-lamictal-100mg-comprimes-dispersibles-boite-de-30-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398983/en/lamictal-25-mg-comprime-instauration-du-traitement-boite-de-21-lamictal-50-mg-comprime-instauration-du-traitement-boite-de-42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398982/en/lamictal-5-mg-comprime-dispersible-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098822/en/lamictal-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148224/en/lamictal-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322081/en/lamictal-lamotrigine-epilepsies-partielles-et-generalisees</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H36"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...9 lines deleted...]
-      <c r="C4" t="s">
         <v>21</v>
-      </c>
-[...845 lines deleted...]
-        <v>179</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...835 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>314</v>
+        <v>22</v>
       </c>
       <c r="J1" t="s">
-        <v>315</v>
+        <v>23</v>
       </c>
       <c r="K1" t="s">
-        <v>316</v>
+        <v>24</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>317</v>
+        <v>25</v>
       </c>
       <c r="B2" t="s">
-        <v>318</v>
+        <v>26</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>319</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>320</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>321</v>
+        <v>29</v>
       </c>
       <c r="I2" t="s">
-        <v>322</v>
+        <v>30</v>
       </c>
       <c r="J2" t="s">
-        <v>323</v>
+        <v>31</v>
       </c>
       <c r="K2" t="s">
-        <v>324</v>
+        <v>32</v>
       </c>
       <c r="L2" t="s">
-        <v>325</v>
+        <v>33</v>
       </c>
       <c r="M2" t="s">
-        <v>326</v>
+        <v>34</v>
       </c>
       <c r="N2" t="s">
-        <v>327</v>
+        <v>35</v>
       </c>
       <c r="O2" t="s">
-        <v>328</v>
+        <v>36</v>
       </c>
       <c r="P2" t="s">
-        <v>329</v>
+        <v>37</v>
       </c>
       <c r="Q2" t="s">
-        <v>330</v>
+        <v>38</v>
       </c>
       <c r="R2" t="s">
-        <v>331</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s">
-        <v>332</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s">
-        <v>333</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-[...64 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>