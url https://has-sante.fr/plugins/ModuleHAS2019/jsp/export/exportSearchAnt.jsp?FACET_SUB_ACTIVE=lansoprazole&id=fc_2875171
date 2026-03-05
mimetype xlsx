--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -1,1325 +1,476 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="225" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="49">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/11/2024 15:16:00</t>
-[...104 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...143 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983753/fr/lanzor-lansoprazole</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>LANZOR</t>
+  </si>
+  <si>
+    <t>11/12/2020 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983753/en/lanzor</t>
   </si>
   <si>
     <t>pprd_2983753</t>
   </si>
   <si>
     <t>lansoprazole</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398985/fr/lanzor-30-mg-microgranules-gastro-resistant-en-gelule-b/7-b/14-b/60</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984969/fr/ogast-ogastoro-lansoprazole</t>
+    <t>https://www.has-sante.fr/jcms/c_398985/en/lanzor-30-mg-microgranules-gastro-resistant-en-gelule-b/7-b/14-b/60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399434/en/lanzor-15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399749/en/lanzor-15-mg-microgranules-gastroresistants-en-gelule-sous-plaquettes-thermoformees-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399750/en/lanzor-30-mg-microgranules-gastroresistants-en-gelule-sous-plaquette-thermoformee-boite-de-7-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622222/en/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763753/en/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332059/en/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741824/en/lanzor-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215600/en/lanzor</t>
+  </si>
+  <si>
+    <t>OGAST - OGASTORO</t>
+  </si>
+  <si>
+    <t>11/12/2020 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984969/en/ogast-ogastoro</t>
   </si>
   <si>
     <t>pprd_2984969</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398905/fr/ogast-lansoprazole</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2568263/fr/lansoprazole-mylan-pharma-lansoprazole</t>
+    <t>https://www.has-sante.fr/jcms/c_398905/en/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399643/en/ogast-15-mg-microgranule-gastroresistant-en-gelule-sous-plaquettes-thermoformees-b/30-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399644/en/ogast-30-mg-microgranule-gastroresistant-en-gelule-b/7-b/14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335893/en/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763768/en/ogast-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622226/en/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679422/en/ogast-ogastoro-lansoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399446/en/ogast15-mg-microgranules-gastro-resistants-en-gelule-b/15-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215582/en/ogast-ogastoro</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...120 lines deleted...]
-        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:S3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>48</v>
-[...65 lines deleted...]
-        <v>55</v>
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K2" t="s">
+        <v>26</v>
+      </c>
+      <c r="L2" t="s">
+        <v>27</v>
+      </c>
+      <c r="M2" t="s">
+        <v>28</v>
+      </c>
+      <c r="N2" t="s">
+        <v>29</v>
+      </c>
+      <c r="O2" t="s">
+        <v>30</v>
+      </c>
+      <c r="P2" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>32</v>
+      </c>
+      <c r="R2" t="s">
+        <v>33</v>
+      </c>
+      <c r="S2" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="C3" t="s">
-        <v>57</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>59</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>60</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>61</v>
-[...97 lines deleted...]
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="I3" t="s">
-        <v>68</v>
-[...297 lines deleted...]
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="J3" t="s">
-        <v>114</v>
+        <v>39</v>
       </c>
       <c r="K3" t="s">
-        <v>115</v>
+        <v>40</v>
       </c>
       <c r="L3" t="s">
-        <v>116</v>
+        <v>41</v>
       </c>
       <c r="M3" t="s">
-        <v>117</v>
+        <v>42</v>
       </c>
       <c r="N3" t="s">
-        <v>118</v>
+        <v>43</v>
       </c>
       <c r="O3" t="s">
-        <v>119</v>
+        <v>44</v>
       </c>
       <c r="P3" t="s">
-        <v>120</v>
+        <v>45</v>
       </c>
       <c r="Q3" t="s">
-        <v>121</v>
+        <v>46</v>
       </c>
       <c r="R3" t="s">
-        <v>122</v>
+        <v>47</v>
       </c>
       <c r="S3" t="s">
-        <v>123</v>
-[...37 lines deleted...]
-        <v>130</v>
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>