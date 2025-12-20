--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -1,249 +1,517 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>ALD n°17 - Mucopolysaccharidose de type I</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2007 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
+  </si>
+  <si>
+    <t>c_569717</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 1 décembre 2021</t>
+  </si>
+  <si>
+    <t>25/11/2021 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301479/fr/commission-de-la-transparence-reunion-a-distance-du-1-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3301479</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 février 2017</t>
+  </si>
+  <si>
+    <t>10/02/2017 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745225/fr/commission-de-la-transparence-reunion-du-22-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2745225</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ALDURAZYME (laronidase)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983669/en/aldurazyme-laronidase</t>
+    <t>04/02/2022 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983669/fr/aldurazyme-laronidase</t>
   </si>
   <si>
     <t>pprd_2983669</t>
   </si>
   <si>
     <t>laronidase</t>
   </si>
   <si>
     <t>GENZYME S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399954/en/aldurazyme-laronidase</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3312308/en/aldurazyme-100-u/ml-laronidase</t>
+    <t>https://www.has-sante.fr/jcms/c_399954/fr/aldurazyme-laronidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754219/fr/aldurazyme-laronidase-enzyme-de-substitution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312308/fr/aldurazyme-100-u/ml-laronidase</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" t="s">
+        <v>31</v>
+      </c>
+      <c r="I3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>32</v>
+      </c>
+      <c r="J1" t="s">
+        <v>33</v>
+      </c>
+      <c r="K1" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+      <c r="I2" t="s">
+        <v>40</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>43</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>