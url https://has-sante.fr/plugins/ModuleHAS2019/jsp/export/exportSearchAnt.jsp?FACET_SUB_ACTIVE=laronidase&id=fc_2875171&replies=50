--- v0 (2025-11-04)
+++ v1 (2026-02-15)
@@ -1,517 +1,249 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ALDURAZYME (laronidase)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 08:28:27</t>
-[...77 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983669/fr/aldurazyme-laronidase</t>
+    <t>02/04/2022 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983669/en/aldurazyme-laronidase</t>
   </si>
   <si>
     <t>pprd_2983669</t>
   </si>
   <si>
     <t>laronidase</t>
   </si>
   <si>
     <t>GENZYME S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399954/fr/aldurazyme-laronidase</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3312308/fr/aldurazyme-100-u/ml-laronidase</t>
+    <t>https://www.has-sante.fr/jcms/c_399954/en/aldurazyme-laronidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754219/en/aldurazyme-laronidase-enzyme-replacement</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312308/en/aldurazyme-100-u/ml-laronidase</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...9 lines deleted...]
-      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="D3" t="s">
+      <c r="I2" t="s">
         <v>17</v>
       </c>
-      <c r="E3" t="s">
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="K2" t="s">
         <v>19</v>
       </c>
-      <c r="H3" t="s">
+      <c r="L2" t="s">
         <v>20</v>
       </c>
-    </row>
-[...39 lines deleted...]
-      <c r="I1" t="s">
+      <c r="M2" t="s">
         <v>21</v>
-      </c>
-[...146 lines deleted...]
-        <v>44</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>