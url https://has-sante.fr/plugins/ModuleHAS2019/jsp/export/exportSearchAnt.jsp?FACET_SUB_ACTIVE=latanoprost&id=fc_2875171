--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,736 +1,1996 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="379" uniqueCount="197">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>07/01/2006 11:28:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>HYLOVIS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:24:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237072/fr/hylovis</t>
+  </si>
+  <si>
+    <t>p_3237072</t>
+  </si>
+  <si>
+    <t>Solution stérile de hyaluronate de sodium à 0,18% pour usage  ophtalmique topique</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA</t>
+  </si>
+  <si>
+    <t>VISMED</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:33:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237075/fr/vismed</t>
+  </si>
+  <si>
+    <t>p_3237075</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et diagnostic précoce du glaucome : problématique  et perspectives en France</t>
+  </si>
+  <si>
+    <t>Le rapport d’orientation Dépistage et diagnostic précoce du glaucome : problématique et perspectives en France fait la synthèse des données sur le glaucome : histoire de la maladie, épidémiologie, prise en charge diagnostique et thérapeutique, pertinence du dépistage, attentes des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>01/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2006 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
   </si>
   <si>
     <t>c_500229</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2578960/en/assessment-of-transcatheter-aortic-valve-implantation</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge de l’hypertonie oculaire et du glaucome primitif à angle ouvert</t>
+  </si>
+  <si>
+    <t>Le glaucome est une maladie grave, insidieuse et longtemps asymptomatique pour laquelle il existe une grande variabilité interindividuelle. Un retard diagnostique ou une prise en charge inadaptée peuvent aboutir à des altérations irréversibles du champ visuel et de la qualité visuelle. Ces recommandations de la HAS s'adressent en priorité aux ophtalmologistes, orthoptistes et médecins généralistes.</t>
+  </si>
+  <si>
+    <t>27/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2022 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321655/fr/diagnostic-et-prise-en-charge-de-l-hypertonie-oculaire-et-du-glaucome-primitif-a-angle-ouvert</t>
+  </si>
+  <si>
+    <t>p_3321655</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de micro-stents de pontage trabéculaire et de leur acte d’implantation</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS s’est prononcée en faveur du remboursement du micro-stent de pontage trabéculaire iSTENT, dispositif de chirurgie mini-invasive pour le traitement du glaucome. Le Collège de la HAS a par ailleurs rendu un avis favorable à l’inscription des actes d’implantation, de repositionnement, et d’explantation, associés à ce micro-stent.</t>
+  </si>
+  <si>
+    <t>02/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2015 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2578960/fr/evaluation-de-micro-stents-de-pontage-trabeculaire-et-de-leur-acte-d-implantation</t>
   </si>
   <si>
     <t>c_2578960</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>XALATAN (N/R/ nilotinib/ latanoprost)</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 09 octobre 2024</t>
+  </si>
+  <si>
+    <t>03/10/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545982/fr/commission-de-la-transparence-reunion-du-09-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3545982</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 septembre 2024</t>
+  </si>
+  <si>
+    <t>18/09/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542599/fr/commission-de-la-transparence-reunion-du-25-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3542599</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 05 juillet 2023</t>
+  </si>
+  <si>
+    <t>29/06/2023 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449128/fr/commission-de-la-transparence-reunion-du-05-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3449128</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2023</t>
+  </si>
+  <si>
+    <t>15/06/2023 18:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447493/fr/commission-de-la-transparence-reunion-du-21-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3447493</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 20 octobre 2021</t>
+  </si>
+  <si>
+    <t>14/10/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292551/fr/commission-de-la-transparence-reunion-a-distance-du-20-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3292551</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 22 septembre 2021</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286370/fr/commission-de-la-transparence-reunion-du-22-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3286370</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 2 décembre  2020</t>
+  </si>
+  <si>
+    <t>26/11/2020 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220410/fr/commission-de-la-transparence-reunion-a-distance-du-2-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3220410</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 octobre 2019</t>
+  </si>
+  <si>
+    <t>03/10/2019 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109726/fr/commission-de-la-transparence-reunion-du-9-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3109726</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 septembre 2019</t>
+  </si>
+  <si>
+    <t>11/09/2019 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104426/fr/commission-de-la-transparence-reunion-du-18-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3104426</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2018</t>
+  </si>
+  <si>
+    <t>28/11/2018 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886593/fr/commission-de-la-transparence-reunion-du-5-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2886593</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624255/fr/commission-de-la-transparence-reunion-du-20-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 avril 2016</t>
+  </si>
+  <si>
+    <t>06/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2622639/fr/commission-de-la-transparence-reunion-du-13-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2622639</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2013</t>
+  </si>
+  <si>
+    <t>15/05/2013 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544629/fr/commission-de-la-transparence-reunion-du-15-mai-2013</t>
+  </si>
+  <si>
+    <t>c_1544629</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 septembre 2011</t>
+  </si>
+  <si>
+    <t>14/09/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1096142/fr/commission-de-la-transparence-reunion-du-14-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1096142</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>XALATAN (latanoprost)</t>
   </si>
   <si>
     <t>10/10/2025 15:34:26</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984107/en/xalatan-n/r/-nilotinib/-latanoprost</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984107/fr/xalatan-latanoprost</t>
   </si>
   <si>
     <t>pprd_2984107</t>
   </si>
   <si>
     <t>latanoprost</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399037/en/xalatan-latanoprost</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3689904/en/xalatan-latanoprost-hypertonie-intraoculaire-et-glaucome</t>
+    <t>https://www.has-sante.fr/jcms/c_399037/fr/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399815/fr/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490347/fr/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050837/fr/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632880/fr/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2630028/fr/xalatan-latanoprost-collyre-anti-glaucomateux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689904/fr/xalatan-latanoprost-hypertonie-intraoculaire-et-glaucome</t>
   </si>
   <si>
     <t>CATIOLANZE (latanoprost)</t>
   </si>
   <si>
-    <t>10/31/2024 16:08:13</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3554685/en/catiolanze-latanoprost</t>
+    <t>31/10/2024 16:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554685/fr/catiolanze-latanoprost</t>
   </si>
   <si>
     <t>p_3554685</t>
   </si>
   <si>
     <t>SANTEN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3554602/en/catiolanze-latanoprost-angle-glaucoma-or-ocular-hypertension</t>
+    <t>https://www.has-sante.fr/jcms/p_3554602/fr/catiolanze-latanoprost-hypertension-oculaire-et-glaucome-a-angle-ouvert</t>
   </si>
   <si>
     <t>LIFOG (latanoprost)</t>
   </si>
   <si>
-    <t>10/03/2024 12:20:07</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3546064/en/lifog-latanoprost</t>
+    <t>03/10/2024 12:20:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546064/fr/lifog-latanoprost</t>
   </si>
   <si>
     <t>p_3546064</t>
   </si>
   <si>
     <t>TRB CHEMEDICA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3545862/en/lifog-latanoprost-glaucoma-and-ocular-hypertension</t>
+    <t>https://www.has-sante.fr/jcms/p_3545862/fr/lifog-latanoprost-hypertonie-intraoculaire-et-glaucome</t>
+  </si>
+  <si>
+    <t>LATAZED (latanoprost)</t>
+  </si>
+  <si>
+    <t>18/09/2023 08:53:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222996/fr/latazed-latanoprost</t>
+  </si>
+  <si>
+    <t>p_3222996</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222804/fr/latazed-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461138/fr/latazed-latanoprost-glaucome-a-angle-ouvert-glaucome-pediatrique-et-hypertonie-intraoculaire</t>
   </si>
   <si>
     <t>ROCLANDA (latanoprost/nétarsudil)</t>
   </si>
   <si>
-    <t>08/04/2023 16:31:56</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3457354/en/roclanda-latanoprost/netarsudil</t>
+    <t>04/08/2023 16:31:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457354/fr/roclanda-latanoprost/netarsudil</t>
   </si>
   <si>
     <t>p_3457354</t>
   </si>
   <si>
     <t>latanoprost,nétarsudil</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3457058/en/roclanda-latanoprost/netarsudil-open-angle-glaucoma-and-ocular-hypertension</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3113570/en/fixapost-latanoprost/-timolol</t>
+    <t>https://www.has-sante.fr/jcms/p_3457058/fr/roclanda-latanoprost/netarsudil-glaucome-primitif-a-angle-ouvert-et-hypertonie-oculaire</t>
+  </si>
+  <si>
+    <t>XIOP (latanoprost)</t>
+  </si>
+  <si>
+    <t>23/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301075/fr/xiop-latanoprost</t>
+  </si>
+  <si>
+    <t>p_3301075</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299658/fr/xiop-50-microgrammes/ml-collyre-en-solution-en-recipient-unidose-latanoprost</t>
+  </si>
+  <si>
+    <t>KILATIM (latanoprost/ timolol)</t>
+  </si>
+  <si>
+    <t>11/10/2021 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291535/fr/kilatim-latanoprost/-timolol</t>
+  </si>
+  <si>
+    <t>p_3291535</t>
+  </si>
+  <si>
+    <t>latanoprost,timolol (maléate de)</t>
+  </si>
+  <si>
+    <t>Laboratoire CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291300/fr/kilatim-50-g/ml-5-mg/ml-latanoprost/-timolol</t>
+  </si>
+  <si>
+    <t>FIXAPOST (latanoprost/timolol)</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113570/fr/fixapost-latanoprost/timolol</t>
   </si>
   <si>
     <t>p_3113570</t>
   </si>
   <si>
     <t>latanoprost,timolol</t>
   </si>
   <si>
     <t>THEA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3112914/en/fixapost-latanoprost/-timolol</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3262652/en/fixapost-latanoprost/-timolol</t>
+    <t>https://www.has-sante.fr/jcms/p_3112914/fr/fixapost-latanoprost/-timolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262652/fr/fixapost-latanoprost/-timolol</t>
+  </si>
+  <si>
+    <t>XALACOM (latanoprost/ timolol (maléate de))</t>
+  </si>
+  <si>
+    <t>12/03/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982855/fr/xalacom-latanoprost/-timolol-maleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982855</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623562/fr/xalacom-latanoprost/-timolol-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698910/fr/xalacom-latanoprost/-timolol-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759334/fr/xalacom-latanoprost/-timolol-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908444/fr/xalacom-latanoprost/-timolol-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399404/fr/xalacom-collyre-en-solution-flacon-de-5-ml-avec-embout-compte-gouttes</t>
   </si>
   <si>
     <t>MONOPROST (latanoprost)</t>
   </si>
   <si>
-    <t>02/22/2019 11:36:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982872/en/monoprost-latanoprost</t>
+    <t>22/02/2019 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982872/fr/monoprost-latanoprost</t>
   </si>
   <si>
     <t>pprd_2982872</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1615556/en/monoprost-latanoprost-analogue-de-prostaglandines-en-collyre-unidose-sans-conservateur</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2905736/en/monoprost-latanoprost</t>
+    <t>https://www.has-sante.fr/jcms/c_1615556/fr/monoprost-latanoprost-analogue-de-prostaglandines-en-collyre-unidose-sans-conservateur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2771878/fr/monoprost-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905736/fr/monoprost-latanoprost</t>
+  </si>
+  <si>
+    <t>VIZILATAN (latanoprost)</t>
+  </si>
+  <si>
+    <t>14/02/2019 12:22:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982878/fr/vizilatan-latanoprost</t>
+  </si>
+  <si>
+    <t>pprd_2982878</t>
+  </si>
+  <si>
+    <t>CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904638/fr/vizilatan-latanoprost</t>
+  </si>
+  <si>
+    <t>LATANOPROST NORIDEM (latanoprost)</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983261/fr/latanoprost-noridem-latanoprost</t>
+  </si>
+  <si>
+    <t>pprd_2983261</t>
+  </si>
+  <si>
+    <t>MACOPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853758/fr/latanoprost-noridem-latanoprost</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I3" t="s">
+        <v>17</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>37</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>49</v>
+      </c>
+      <c r="H2" t="s">
+        <v>50</v>
       </c>
       <c r="I2" t="s">
-        <v>31</v>
-[...23 lines deleted...]
-        <v>39</v>
+        <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="H3" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="I3" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>45</v>
+        <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="B4" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="H4" t="s">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="I4" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="K4" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="H5" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="I5" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>57</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="H6" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="I6" t="s">
-        <v>62</v>
-[...8 lines deleted...]
-        <v>65</v>
+        <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="I7" t="s">
-        <v>31</v>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>46</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>73</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>74</v>
+      </c>
+      <c r="H8" t="s">
+        <v>75</v>
+      </c>
+      <c r="I8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>77</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9" t="s">
+        <v>79</v>
+      </c>
+      <c r="I9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>46</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>82</v>
+      </c>
+      <c r="H10" t="s">
+        <v>83</v>
+      </c>
+      <c r="I10" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>85</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>86</v>
+      </c>
+      <c r="H11" t="s">
+        <v>87</v>
+      </c>
+      <c r="I11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>46</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>89</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>90</v>
+      </c>
+      <c r="H12" t="s">
+        <v>91</v>
+      </c>
+      <c r="I12" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>93</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>94</v>
+      </c>
+      <c r="H13" t="s">
+        <v>95</v>
+      </c>
+      <c r="I13" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>97</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>98</v>
+      </c>
+      <c r="H14" t="s">
+        <v>99</v>
+      </c>
+      <c r="I14" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>101</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>102</v>
+      </c>
+      <c r="H15" t="s">
+        <v>103</v>
+      </c>
+      <c r="I15" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>105</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>106</v>
+      </c>
+      <c r="H16" t="s">
+        <v>107</v>
+      </c>
+      <c r="I16" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" t="s">
+        <v>111</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>113</v>
+      </c>
+      <c r="H2" t="s">
+        <v>114</v>
+      </c>
+      <c r="I2" t="s">
+        <v>115</v>
+      </c>
+      <c r="J2" t="s">
+        <v>116</v>
+      </c>
+      <c r="K2" t="s">
+        <v>117</v>
+      </c>
+      <c r="L2" t="s">
+        <v>118</v>
+      </c>
+      <c r="M2" t="s">
+        <v>119</v>
+      </c>
+      <c r="N2" t="s">
+        <v>120</v>
+      </c>
+      <c r="O2" t="s">
+        <v>121</v>
+      </c>
+      <c r="P2" t="s">
+        <v>122</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>126</v>
+      </c>
+      <c r="H3" t="s">
+        <v>127</v>
+      </c>
+      <c r="I3" t="s">
+        <v>115</v>
+      </c>
+      <c r="J3" t="s">
+        <v>128</v>
+      </c>
+      <c r="K3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>131</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>132</v>
+      </c>
+      <c r="H4" t="s">
+        <v>133</v>
+      </c>
+      <c r="I4" t="s">
+        <v>115</v>
+      </c>
+      <c r="J4" t="s">
+        <v>134</v>
+      </c>
+      <c r="K4" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B5" t="s">
+        <v>136</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>137</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>138</v>
+      </c>
+      <c r="H5" t="s">
+        <v>139</v>
+      </c>
+      <c r="I5" t="s">
+        <v>115</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>140</v>
+      </c>
+      <c r="L5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>110</v>
+      </c>
+      <c r="B6" t="s">
+        <v>142</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>143</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>144</v>
+      </c>
+      <c r="H6" t="s">
+        <v>145</v>
+      </c>
+      <c r="I6" t="s">
+        <v>146</v>
+      </c>
+      <c r="J6" t="s">
+        <v>128</v>
+      </c>
+      <c r="K6" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B7" t="s">
+        <v>148</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>149</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>150</v>
+      </c>
+      <c r="H7" t="s">
+        <v>151</v>
+      </c>
+      <c r="I7" t="s">
+        <v>115</v>
       </c>
       <c r="J7" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="K7" t="s">
-        <v>70</v>
-[...5 lines deleted...]
-        <v>72</v>
+        <v>152</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>110</v>
+      </c>
+      <c r="B8" t="s">
+        <v>153</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>154</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>155</v>
+      </c>
+      <c r="H8" t="s">
+        <v>156</v>
+      </c>
+      <c r="I8" t="s">
+        <v>157</v>
+      </c>
+      <c r="J8" t="s">
+        <v>158</v>
+      </c>
+      <c r="K8" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>110</v>
+      </c>
+      <c r="B9" t="s">
+        <v>160</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>161</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>162</v>
+      </c>
+      <c r="H9" t="s">
+        <v>163</v>
+      </c>
+      <c r="I9" t="s">
+        <v>164</v>
+      </c>
+      <c r="J9" t="s">
+        <v>165</v>
+      </c>
+      <c r="K9" t="s">
+        <v>166</v>
+      </c>
+      <c r="L9" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>110</v>
+      </c>
+      <c r="B10" t="s">
+        <v>168</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>169</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>170</v>
+      </c>
+      <c r="H10" t="s">
+        <v>171</v>
+      </c>
+      <c r="I10" t="s">
+        <v>157</v>
+      </c>
+      <c r="J10" t="s">
+        <v>172</v>
+      </c>
+      <c r="K10" t="s">
+        <v>173</v>
+      </c>
+      <c r="L10" t="s">
+        <v>174</v>
+      </c>
+      <c r="M10" t="s">
+        <v>175</v>
+      </c>
+      <c r="N10" t="s">
+        <v>176</v>
+      </c>
+      <c r="O10" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>110</v>
+      </c>
+      <c r="B11" t="s">
+        <v>178</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>179</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>180</v>
+      </c>
+      <c r="H11" t="s">
+        <v>181</v>
+      </c>
+      <c r="I11" t="s">
+        <v>115</v>
+      </c>
+      <c r="J11" t="s">
+        <v>165</v>
+      </c>
+      <c r="K11" t="s">
+        <v>182</v>
+      </c>
+      <c r="L11" t="s">
+        <v>183</v>
+      </c>
+      <c r="M11" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>110</v>
+      </c>
+      <c r="B12" t="s">
+        <v>185</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>187</v>
+      </c>
+      <c r="H12" t="s">
+        <v>188</v>
+      </c>
+      <c r="I12" t="s">
+        <v>115</v>
+      </c>
+      <c r="J12" t="s">
+        <v>189</v>
+      </c>
+      <c r="K12" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
+        <v>191</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>192</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>193</v>
+      </c>
+      <c r="H13" t="s">
+        <v>194</v>
+      </c>
+      <c r="I13" t="s">
+        <v>115</v>
+      </c>
+      <c r="J13" t="s">
+        <v>195</v>
+      </c>
+      <c r="K13" t="s">
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>