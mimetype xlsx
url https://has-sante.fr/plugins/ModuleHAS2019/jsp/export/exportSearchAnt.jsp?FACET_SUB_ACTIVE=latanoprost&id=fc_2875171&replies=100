--- v0 (2025-11-08)
+++ v1 (2026-02-08)
@@ -1,1996 +1,736 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="379" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="73">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>HYLOVIS</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Glaucoma: screening and early diagnosis – problems and outlook in France</t>
+  </si>
+  <si>
+    <t>To summarize and comment on the current status of key clinical and economic data on glaucoma. The report reviews data on the history and epidemiology of glaucoma, problems posed by diagnosis and treatment in France, the relevance of screening, and health professionals’ expectations.</t>
+  </si>
+  <si>
+    <t>07/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2006 11:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15/12/2020 00:00:00</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
+    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
   </si>
   <si>
     <t>c_500229</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2578960/fr/evaluation-de-micro-stents-de-pontage-trabeculaire-et-de-leur-acte-d-implantation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of transcatheter aortic valve implantation</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of TAVI (Sapien and CoreValve devices) to support reimbursement decision by the French National Insurance Funds (FNIF).</t>
+  </si>
+  <si>
+    <t>12/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>12/11/2015 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2578960/en/assessment-of-transcatheter-aortic-valve-implantation</t>
   </si>
   <si>
     <t>c_2578960</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...197 lines deleted...]
-    <t>XALATAN (latanoprost)</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>XALATAN (N/R/ nilotinib/ latanoprost)</t>
   </si>
   <si>
     <t>10/10/2025 15:34:26</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984107/fr/xalatan-latanoprost</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984107/en/xalatan-n/r/-nilotinib/-latanoprost</t>
   </si>
   <si>
     <t>pprd_2984107</t>
   </si>
   <si>
     <t>latanoprost</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399037/fr/xalatan-latanoprost</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3689904/fr/xalatan-latanoprost-hypertonie-intraoculaire-et-glaucome</t>
+    <t>https://www.has-sante.fr/jcms/c_399037/en/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399815/en/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490347/en/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050837/en/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632880/en/xalatan-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2630028/en/xalatan-latanoprost-glaucoma-eye-drops</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689904/en/xalatan-latanoprost-hypertonie-intraoculaire-et-glaucome</t>
   </si>
   <si>
     <t>CATIOLANZE (latanoprost)</t>
   </si>
   <si>
-    <t>31/10/2024 16:08:13</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3554685/fr/catiolanze-latanoprost</t>
+    <t>10/31/2024 16:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554685/en/catiolanze-latanoprost</t>
   </si>
   <si>
     <t>p_3554685</t>
   </si>
   <si>
     <t>SANTEN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3554602/fr/catiolanze-latanoprost-hypertension-oculaire-et-glaucome-a-angle-ouvert</t>
+    <t>https://www.has-sante.fr/jcms/p_3554602/en/catiolanze-latanoprost-angle-glaucoma-or-ocular-hypertension</t>
   </si>
   <si>
     <t>LIFOG (latanoprost)</t>
   </si>
   <si>
-    <t>03/10/2024 12:20:07</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3546064/fr/lifog-latanoprost</t>
+    <t>10/03/2024 12:20:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546064/en/lifog-latanoprost</t>
   </si>
   <si>
     <t>p_3546064</t>
   </si>
   <si>
     <t>TRB CHEMEDICA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3545862/fr/lifog-latanoprost-hypertonie-intraoculaire-et-glaucome</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461138/fr/latazed-latanoprost-glaucome-a-angle-ouvert-glaucome-pediatrique-et-hypertonie-intraoculaire</t>
+    <t>https://www.has-sante.fr/jcms/p_3545862/en/lifog-latanoprost-glaucoma-and-ocular-hypertension</t>
   </si>
   <si>
     <t>ROCLANDA (latanoprost/nétarsudil)</t>
   </si>
   <si>
-    <t>04/08/2023 16:31:56</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3457354/fr/roclanda-latanoprost/netarsudil</t>
+    <t>08/04/2023 16:31:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457354/en/roclanda-latanoprost/netarsudil</t>
   </si>
   <si>
     <t>p_3457354</t>
   </si>
   <si>
     <t>latanoprost,nétarsudil</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3457058/fr/roclanda-latanoprost/netarsudil-glaucome-primitif-a-angle-ouvert-et-hypertonie-oculaire</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3113570/fr/fixapost-latanoprost/timolol</t>
+    <t>https://www.has-sante.fr/jcms/p_3457058/en/roclanda-latanoprost/netarsudil-open-angle-glaucoma-and-ocular-hypertension</t>
+  </si>
+  <si>
+    <t>FIXAPOST (latanoprost/ timolol)</t>
+  </si>
+  <si>
+    <t>04/30/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113570/en/fixapost-latanoprost/-timolol</t>
   </si>
   <si>
     <t>p_3113570</t>
   </si>
   <si>
     <t>latanoprost,timolol</t>
   </si>
   <si>
     <t>THEA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3112914/fr/fixapost-latanoprost/-timolol</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399404/fr/xalacom-collyre-en-solution-flacon-de-5-ml-avec-embout-compte-gouttes</t>
+    <t>https://www.has-sante.fr/jcms/p_3112914/en/fixapost-latanoprost/-timolol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262652/en/fixapost-latanoprost/-timolol</t>
   </si>
   <si>
     <t>MONOPROST (latanoprost)</t>
   </si>
   <si>
-    <t>22/02/2019 11:36:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982872/fr/monoprost-latanoprost</t>
+    <t>02/22/2019 11:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982872/en/monoprost-latanoprost</t>
   </si>
   <si>
     <t>pprd_2982872</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1615556/fr/monoprost-latanoprost-analogue-de-prostaglandines-en-collyre-unidose-sans-conservateur</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853758/fr/latanoprost-noridem-latanoprost</t>
+    <t>https://www.has-sante.fr/jcms/c_1615556/en/monoprost-latanoprost-analogue-de-prostaglandines-en-collyre-unidose-sans-conservateur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2771878/en/monoprost-latanoprost</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905736/en/monoprost-latanoprost</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
-[...39 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:Q7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>23</v>
+      </c>
+      <c r="J1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K1" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
+      </c>
+      <c r="I2" t="s">
         <v>31</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>32</v>
       </c>
-      <c r="C2" t="s">
+      <c r="K2" t="s">
         <v>33</v>
       </c>
-      <c r="D2" t="s">
+      <c r="L2" t="s">
         <v>34</v>
       </c>
-      <c r="E2" t="s">
+      <c r="M2" t="s">
         <v>35</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="N2" t="s">
         <v>36</v>
       </c>
-      <c r="H2" t="s">
+      <c r="O2" t="s">
         <v>37</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="A2" t="s">
+      <c r="P2" t="s">
         <v>38</v>
       </c>
-      <c r="B2" t="s">
+      <c r="Q2" t="s">
         <v>39</v>
-      </c>
-[...88 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="H3" t="s">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="I3" t="s">
-        <v>51</v>
+        <v>31</v>
+      </c>
+      <c r="J3" t="s">
+        <v>44</v>
+      </c>
+      <c r="K3" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" t="s">
         <v>46</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="H4" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>50</v>
+      </c>
+      <c r="K4" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="H5" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="I5" t="s">
-        <v>51</v>
+        <v>56</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>59</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>60</v>
+      </c>
+      <c r="H6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I6" t="s">
+        <v>62</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
         <v>64</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="L6" t="s">
         <v>65</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>67</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>68</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>69</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="I7" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
         <v>70</v>
       </c>
-      <c r="H7" t="s">
+      <c r="L7" t="s">
         <v>71</v>
       </c>
-      <c r="I7" t="s">
-[...7 lines deleted...]
-      <c r="B8" t="s">
+      <c r="M7" t="s">
         <v>72</v>
-      </c>
-[...762 lines deleted...]
-        <v>196</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>