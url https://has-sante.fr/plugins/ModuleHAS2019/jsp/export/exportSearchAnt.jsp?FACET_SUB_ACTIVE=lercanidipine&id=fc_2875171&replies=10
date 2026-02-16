--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,249 +1,520 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="46">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>ZANEXTRA (enalapril/ lercanidipine/ chlorhydrate de lercanidipine/ maléate d'éna...)</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/17/2015 16:49:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984480/en/zanextra-enalapril/-lercanidipine/-chlorhydrate-de-lercanidipine/-maleate-d-ena</t>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 octobre 2008</t>
+  </si>
+  <si>
+    <t>15/10/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700458/fr/commission-de-la-transparence-reunion-du-15-octobre-2008</t>
+  </si>
+  <si>
+    <t>c_700458</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 décembre 2007</t>
+  </si>
+  <si>
+    <t>19/12/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614094/fr/commission-de-la-transparence-reunion-du-19-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_614094</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ZANEXTRA (enalapril/ lercanidipine/ chlorhydrate de lercanidipine/ maléate d'énalapril)</t>
+  </si>
+  <si>
+    <t>17/07/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984480/fr/zanextra-enalapril/-lercanidipine/-chlorhydrate-de-lercanidipine/-maleate-d-enalapril</t>
   </si>
   <si>
     <t>pprd_2984480</t>
   </si>
   <si>
     <t>enalapril,lercanidipine,chlorhydrate de lercanidipine,maléate d'énalapril</t>
   </si>
   <si>
     <t>BOUCHARA RECORDATI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_744021/en/zanextra-10-mg/10-mg</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2044640/en/zanextra-enalapril/-lercanidipine/-chlorhydrate-de-lercanidipine/-maleate-d-enalapril</t>
+    <t>https://www.has-sante.fr/jcms/c_744021/fr/zanextra-enalapril/-lercanidipine/-chlorhydrate-de-lercanidipine/-maleate-d-enalapril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710097/fr/zanextra-enalapril/-lercanidipine/-chlorhydrate-de-lercanidipine/-maleate-d-enalapril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044640/fr/zanextra-enalapril/-lercanidipine/-chlorhydrate-de-lercanidipine/-maleate-d-enalapril</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>33</v>
+      </c>
+      <c r="J1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" t="s">
+        <v>40</v>
+      </c>
+      <c r="I2" t="s">
+        <v>41</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>44</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>