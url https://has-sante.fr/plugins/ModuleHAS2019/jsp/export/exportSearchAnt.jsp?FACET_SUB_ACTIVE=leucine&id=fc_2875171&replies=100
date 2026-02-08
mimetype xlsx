--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,1331 +1,251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="233" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>NUTRI-ENERGIE - 17 avril 2012 (4227) avis</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>17/04/2012 00:00:00</t>
-[...26 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
-  </si>
-[...304 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...13 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="C3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
-[...49 lines deleted...]
-      <c r="A2" t="s">
         <v>21</v>
-      </c>
-[...19 lines deleted...]
-        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...655 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>