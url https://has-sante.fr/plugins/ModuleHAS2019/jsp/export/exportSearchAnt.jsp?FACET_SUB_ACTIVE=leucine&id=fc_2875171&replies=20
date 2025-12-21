--- v0 (2025-10-06)
+++ v1 (2025-12-21)
@@ -1,251 +1,1372 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="241" uniqueCount="135">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NUTRI-ENERGIE - 17 avril 2012 (4227) avis</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2012 09:13:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1222315/fr/nutri-energie-17-avril-2012-4227-avis</t>
+  </si>
+  <si>
+    <t>c_1222315</t>
+  </si>
+  <si>
+    <t>ALISCIENCE (France)</t>
+  </si>
+  <si>
+    <t>NUTRI-ENERGIE + - 17 avril 2012 (4247) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1222317/fr/nutri-energie-17-avril-2012-4247-avis</t>
+  </si>
+  <si>
+    <t>c_1222317</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...17 lines deleted...]
-    <t>c_2866458</t>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Phénylcétonurie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé.</t>
+  </si>
+  <si>
+    <t>04/06/2018 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953467/fr/phenylcetonurie</t>
+  </si>
+  <si>
+    <t>c_953467</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>KABIVEN - PERIKABIVEN (alanine/ acides aminés et électrolytes (Vamin 18 Novum)/ acide glutami...)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983377/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>pprd_2983377</t>
+  </si>
+  <si>
+    <t>alanine,acides aminés et électrolytes (Vamin 18 Novum),acide glutamique,arginine,aspartique (acide),calcium (chlorure de) dihydraté,émulsion lipidique (Intralipide 20%),glucose,glucose monohydraté,glycine,histidine,isoleucine,leucine,lysine (chlorhydrate de),magnésium (sulfate de) heptahydraté,méthionine,phénylalanine,potassium (chlorure de),proline,sérine,soja (huile de) raffinée,thréonine,tryptophane L,tyrosine,sodium (acétate de) trihydraté,sodium (glycerophosphate de),valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322227/fr/kabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829055/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322502/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523276/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398910/fr/perikabiven-900-kcal-emulsion-pour-perfusion-1440-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-4-perikabiven-1200-kcal-emulsion-pour-perfusion-1920-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2-perikabiven-1500-kcal-emulsion-pour-perfusion-2400-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>AMIPED (arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (a...)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984415/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984415</t>
+  </si>
+  <si>
+    <t>arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (acide), glycine, leucine, acétyltyrosine,,lysine monohydratée, acétylcystéine, proline, taurine, acide glutamique, thréonine, valine, histidine, méthionine, isoleucine</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558850/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>AMINOPLASMAL (arginine/ phénylalanine/ alanine/ tryptophane L/ sérine/ aspartique (a...)</t>
+  </si>
+  <si>
+    <t>15/06/2015 17:40:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984519/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984519</t>
+  </si>
+  <si>
+    <t>arginine,phénylalanine,alanine,tryptophane L,sérine,aspartique (acide),glycine,leucine,tyrosine,lysine monohydratée,acétylcystéine,proline,acide glutamique,thréonine,valine,histidine,méthionine,isoleucine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038283/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>NP2 ENFANTS AP-HP (alanine/ arginine/ aspartique (acide)/ dihydrate lysine (chlorhydrate ...)</t>
+  </si>
+  <si>
+    <t>29/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985588/fr/np2-enfants-ap-hp-alanine/-arginine/-aspartique-acide-/-dihydrate-lysine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985588</t>
+  </si>
+  <si>
+    <t>alanine,arginine,aspartique (acide),dihydrate lysine (chlorhydrate de),glucose monohydrate glutamique (acide),glycine,hexahydrate cystéine (chlorhydrate de),histidine,hydrate magnésium (lactate de),isoleucine,leucine,magnésium (chlorure de),méthionine,phénylalanine,phosphate dipotassique calcium (gluconate de),potassium (chlorure de),proline,sodium (hydroxyde de),sodium (gluconate de),thréonine,tryptophane,tyrosine,serine,valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...11 lines deleted...]
-      <c r="H3" t="s">
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>21</v>
+      </c>
+      <c r="B2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>63</v>
+      </c>
+      <c r="H8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>66</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>68</v>
+      </c>
+      <c r="H9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>71</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>72</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>73</v>
+      </c>
+      <c r="H10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>80</v>
+      </c>
+      <c r="H2" t="s">
+        <v>81</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>86</v>
+      </c>
+      <c r="H2" t="s">
+        <v>87</v>
+      </c>
+      <c r="I2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>91</v>
+      </c>
+      <c r="H3" t="s">
+        <v>92</v>
+      </c>
+      <c r="I3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>93</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>95</v>
+      </c>
+      <c r="B2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
+      </c>
+      <c r="I2" t="s">
+        <v>100</v>
+      </c>
+      <c r="J2" t="s">
+        <v>101</v>
+      </c>
+      <c r="K2" t="s">
+        <v>102</v>
+      </c>
+      <c r="L2" t="s">
+        <v>103</v>
+      </c>
+      <c r="M2" t="s">
+        <v>104</v>
+      </c>
+      <c r="N2" t="s">
+        <v>105</v>
+      </c>
+      <c r="O2" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H3" t="s">
+        <v>110</v>
+      </c>
+      <c r="I3" t="s">
+        <v>111</v>
+      </c>
+      <c r="J3" t="s">
+        <v>101</v>
+      </c>
+      <c r="K3" t="s">
+        <v>112</v>
+      </c>
+      <c r="L3" t="s">
+        <v>113</v>
+      </c>
+      <c r="M3" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>95</v>
+      </c>
+      <c r="B4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>116</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>117</v>
+      </c>
+      <c r="H4" t="s">
+        <v>118</v>
+      </c>
+      <c r="I4" t="s">
+        <v>119</v>
+      </c>
+      <c r="J4" t="s">
+        <v>120</v>
+      </c>
+      <c r="K4" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>95</v>
+      </c>
+      <c r="B5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>123</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>124</v>
+      </c>
+      <c r="H5" t="s">
+        <v>125</v>
+      </c>
+      <c r="I5" t="s">
+        <v>126</v>
+      </c>
+      <c r="J5" t="s">
+        <v>120</v>
+      </c>
+      <c r="K5" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>95</v>
+      </c>
+      <c r="B6" t="s">
+        <v>128</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>129</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>130</v>
+      </c>
+      <c r="H6" t="s">
+        <v>131</v>
+      </c>
+      <c r="I6" t="s">
+        <v>132</v>
+      </c>
+      <c r="J6" t="s">
+        <v>133</v>
+      </c>
+      <c r="K6" t="s">
+        <v>134</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>