--- v0 (2025-10-19)
+++ v1 (2026-03-01)
@@ -1,1607 +1,677 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Studies and Reports" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+  </si>
+  <si>
+    <t>01/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2006 14:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>04/09/2025 17:02:00</t>
-[...116 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
   </si>
   <si>
     <t>c_272510</t>
   </si>
   <si>
-    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the assessment request made by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) for review of procedures listed in the Nomenclature of Procedures in Laboratory Medicine (NABM), this work focused on assessing the proposed changes to the wording for laboratory diagnosis of candidiasis. This request concerns only screening for anti-Candida serum antibodies and soluble antigens, and does not deal with mycological identification procedures</t>
+  </si>
+  <si>
+    <t>10/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Immunological and virological aspects of SARS-CoV-2 - Genetic variability, immune responses, vaccine platforms and animal models</t>
+  </si>
+  <si>
+    <t>Mobilized since the start of the health crisis, the HAS is now offering a summary of the state of knowledge on the Sars-Cov-2 virus, the immune response observed during infection and vaccine avenues. This document - which is neither an opinion nor a recommendation - will be updated regularly, based on new data available. Scientific work to understand Covid-19 is helping to understand this disease a little more every day, which was still unknown a year ago. What is Sars-Cov-2? How does the body fight this virus? Is the type of immune response triggered by this virus the same as for colds? How to explain the appearance of severe forms? What types of vaccines are in development? What is the difference between the technologies used? ... For the sake of transparency and availability of information, the HAS and its experts have compiled a summary bringing together the scientific data published on the subject and are now making it available on their website. website. This document is an educational tool intended for healthcare professionals, decision-makers, the media and the general public. It also forms a basis for HAS itself to inform its work on vaccines. It will require regular updating to incorporate new knowledge gained internationally.</t>
+  </si>
+  <si>
+    <t>12/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2020 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
-    <t>Recommandation vaccinale</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116022/fr/recommandation-sur-l-elargissement-de-la-vaccination-contre-les-papillomavirus-aux-garcons</t>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Recommendation on extending HPV vaccination to boys</t>
+  </si>
+  <si>
+    <t>Following its assessment, the HAS is in favour of extending HPV vaccination to boys in the French vaccination schedule.</t>
+  </si>
+  <si>
+    <t>12/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/16/2019 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116022/en/recommendation-on-extending-hpv-vaccination-to-boys</t>
   </si>
   <si>
     <t>p_3116022</t>
   </si>
   <si>
-    <t>Utilisation du vaccin hexavalent VAXELIS pour la vaccination des nourrissons</t>
-[...26 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>SPASMAG (levure saccharomyces cerevisae/ magnésium (sulfate de) heptahydraté)</t>
   </si>
   <si>
-    <t>31/08/2018 14:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983130/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+    <t>08/31/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983130/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
   </si>
   <si>
     <t>pprd_2983130</t>
   </si>
   <si>
     <t>levure saccharomyces cerevisae,magnésium (sulfate de) heptahydraté</t>
   </si>
   <si>
     <t>GRIMBERG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642478/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
-[...92 lines deleted...]
-    <t>c_2906058</t>
+    <t>https://www.has-sante.fr/jcms/c_642478/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676887/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739497/en/spasmag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367951/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808598/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868647/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400554/en/spasmag-solution-buvable-b/30-code-cip-329-263-5-spasmag-comprime-pour-suspension-buvable-b/30-code-cip-329-397-1-b/42-code-cip-329-398-8-spasmag-gelule-b/60-code-cip-323-690-9</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...146 lines deleted...]
-        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>49</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>51</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...246 lines deleted...]
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>93</v>
+        <v>29</v>
       </c>
       <c r="B2" t="s">
-        <v>94</v>
+        <v>30</v>
       </c>
       <c r="C2" t="s">
-        <v>95</v>
+        <v>31</v>
       </c>
       <c r="D2" t="s">
-        <v>96</v>
+        <v>32</v>
       </c>
       <c r="E2" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>98</v>
+        <v>34</v>
       </c>
       <c r="H2" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="B2" t="s">
-        <v>101</v>
+        <v>37</v>
       </c>
       <c r="C2" t="s">
-        <v>102</v>
+        <v>38</v>
       </c>
       <c r="D2" t="s">
-        <v>103</v>
+        <v>39</v>
       </c>
       <c r="E2" t="s">
-        <v>104</v>
+        <v>40</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>105</v>
+        <v>41</v>
       </c>
       <c r="H2" t="s">
-        <v>106</v>
-[...51 lines deleted...]
-        <v>118</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q4"/>
+  <dimension ref="A1:Q2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="J1" t="s">
-        <v>120</v>
+        <v>44</v>
       </c>
       <c r="K1" t="s">
-        <v>121</v>
+        <v>45</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>122</v>
+        <v>46</v>
       </c>
       <c r="B2" t="s">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>124</v>
+        <v>48</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>125</v>
+        <v>49</v>
       </c>
       <c r="H2" t="s">
-        <v>126</v>
+        <v>50</v>
       </c>
       <c r="I2" t="s">
-        <v>127</v>
+        <v>51</v>
       </c>
       <c r="J2" t="s">
-        <v>128</v>
+        <v>52</v>
       </c>
       <c r="K2" t="s">
-        <v>129</v>
+        <v>53</v>
       </c>
       <c r="L2" t="s">
-        <v>130</v>
+        <v>54</v>
       </c>
       <c r="M2" t="s">
-        <v>131</v>
+        <v>55</v>
       </c>
       <c r="N2" t="s">
-        <v>132</v>
+        <v>56</v>
       </c>
       <c r="O2" t="s">
-        <v>133</v>
+        <v>57</v>
       </c>
       <c r="P2" t="s">
-        <v>134</v>
+        <v>58</v>
       </c>
       <c r="Q2" t="s">
-        <v>135</v>
-[...69 lines deleted...]
-        <v>149</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...90 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>