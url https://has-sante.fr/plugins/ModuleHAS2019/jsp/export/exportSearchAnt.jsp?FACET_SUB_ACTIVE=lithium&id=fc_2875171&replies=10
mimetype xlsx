--- v0 (2026-02-15)
+++ v1 (2026-02-15)
@@ -1,5938 +1,694 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1123" uniqueCount="683">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>MICRO INR LINK</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/05/2025 00:00:00</t>
-[...959 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
-[...179 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+  </si>
+  <si>
+    <t>c_534689</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Modalités d'arrêt des benzodiazépines et médicaments apparentés chez le patient âgé</t>
-[...416 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Actes relatifs à l’exploration biologique des dysthyroïdies de l’adulte</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire pour analyse de génétique somatique des cancers</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080503/fr/actes-de-preparation-qualification-et-selection-d-un-echantillon-tissulaire-ou-cellulaire-pour-analyse-de-genetique-somatique-des-cancers</t>
+    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysisThe objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysis</t>
+  </si>
+  <si>
+    <t>12/18/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/27/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3080503</t>
   </si>
   <si>
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>07/09/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Alternative(s) à la scintigraphie préopératoire lors du bilan de localisation des glandes parathyroïdes hypersécrétantes dans l’hypothèse d’une pénurie complète en technétium-99m</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2011763/fr/alternative-s-a-la-scintigraphie-preoperatoire-lors-du-bilan-de-localisation-des-glandes-parathyroides-hypersecretantes-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
+    <t>Alternative(s) to 99mTc-sestamibi preoperative scintigraphy for the localization of hypersecreting parathyroid glands in the event of complete shortage of 99mTechnetium (99mTc) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Due to several periods of shortage of 99m-Technetium (Tc-99m) supply- a radioactive element needed to perform preoperative Tc-99m-sestamibi scintigraphy in certain cases of hyperparathyroidism (HPT)- the Directorate General for Health (DGS) asked HAS to determine if, in the event of complete shortage of Tc-99m, one (or more) test(s) could replace it without risk to patients. The objective of this assessment is therefore not to call the reference strategy into question. Following laboratory confirmation of HPT, the preoperative first-line strategy provides for the combination of cervical ultrasonography (US) and 99mTc scintigraphy… Currently, 99mTc scintigraphy in addition to US is used to: • confirm the nature of a suspicious lesion seen on US; • detect a eutopic or ectopic abnormal parathyroid gland not seen on US. The imaging test(s) for the preoperative assessment are requested by the surgeon or endocrinologist, who always work together in collaboration, particularly with the nuclear medicine and radiology team</t>
+  </si>
+  <si>
+    <t>04/24/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/24/2015 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011763/en/alternative-s-to-99mtc-sestamibi-preoperative-scintigraphy-for-the-localization-of-hypersecreting-parathyroid-glands-in-the-event-of-complete-shortage-of-99mtechnetium-99mtc-inahta-brief</t>
   </si>
   <si>
     <t>c_2011763</t>
   </si>
   <si>
-    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
-[...5 lines deleted...]
-    <t>13/11/2013 00:00:00</t>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
+    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>14/12/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
+    <t>12/14/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/28/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
   </si>
   <si>
     <t>c_1169049</t>
-  </si>
-[...292 lines deleted...]
-    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J33"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...16 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>40</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="H6" t="s">
         <v>41</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
         <v>47</v>
-      </c>
-[...22 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E8" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H8" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="H9" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>67</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>73</v>
-[...5 lines deleted...]
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D11" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="E11" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="H11" t="s">
-        <v>79</v>
-[...5 lines deleted...]
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="C12" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="D12" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="H12" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
-        <v>88</v>
+        <v>77</v>
       </c>
       <c r="C13" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="D13" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="E13" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="H13" t="s">
-        <v>93</v>
-[...737 lines deleted...]
-        <v>682</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...2605 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>