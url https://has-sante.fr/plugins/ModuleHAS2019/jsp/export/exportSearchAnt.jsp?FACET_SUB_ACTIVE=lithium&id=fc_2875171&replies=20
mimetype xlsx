--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,694 +1,5894 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1115" uniqueCount="677">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>MICRO INR LINK</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635815/fr/micro-inr-link</t>
+  </si>
+  <si>
+    <t>p_3635815</t>
+  </si>
+  <si>
+    <t>Dispositif d’automesure de l’INR</t>
+  </si>
+  <si>
+    <t>ILINE MICROSYSTEMS, S.L (Espagne)</t>
+  </si>
+  <si>
+    <t>Véhicules pour personnes en situation de handicap - VPH (modification des modalités de prise en charge) : Phase contradictoire suite à un avis de projet au JO du 24 septembre 2021</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités de prise en charge de dispositifs médicaux et prestations associées pour la prise en charge des véhicules pour personnes en situation de handicap (VPH) au titre IV de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 24 septembre 2021. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
+  </si>
+  <si>
+    <t>12/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2022 16:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332743/fr/vehicules-pour-personnes-en-situation-de-handicap-vph-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-24-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3332743</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>GLUCOMEN DAY CGM</t>
+  </si>
+  <si>
+    <t>02/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2021 10:42:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297220/fr/glucomen-day-cgm</t>
+  </si>
+  <si>
+    <t>p_3297220</t>
+  </si>
+  <si>
+    <t>Set de mesure en continu du glucose interstitiel et d’autosurveillance de la glycémie capillaire</t>
+  </si>
+  <si>
+    <t>A.MENARINI Diagnostics France</t>
+  </si>
+  <si>
+    <t>SYSTEME MYOBOCK</t>
+  </si>
+  <si>
+    <t>19/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244161/fr/systeme-myobock</t>
+  </si>
+  <si>
+    <t>p_3244161</t>
+  </si>
+  <si>
+    <t>Prothèse externe myoélectrique pour membre supérieur</t>
+  </si>
+  <si>
+    <t>OTTO BOCK FRANCE</t>
+  </si>
+  <si>
+    <t>YOMPER +</t>
+  </si>
+  <si>
+    <t>02/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2021 17:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3239046/fr/yomper</t>
+  </si>
+  <si>
+    <t>p_3239046</t>
+  </si>
+  <si>
+    <t>Dispositif d’assistance à la propulsion pour fauteuil roulant manuel</t>
+  </si>
+  <si>
+    <t>ACEKARE France</t>
+  </si>
+  <si>
+    <t>INTERSTIM II</t>
+  </si>
+  <si>
+    <t>22/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/11/2019 08:32:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115184/fr/interstim-ii</t>
+  </si>
+  <si>
+    <t>p_3115184</t>
+  </si>
+  <si>
+    <t>neuromodulateur des racines sacrées</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>SMARTDRIVE MX2+</t>
+  </si>
+  <si>
+    <t>12/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2019 15:21:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906431/fr/smartdrive-mx2</t>
+  </si>
+  <si>
+    <t>c_2906431</t>
+  </si>
+  <si>
+    <t>Dispositif de propulsion électrique et d’assistance électrique à la propulsion pour fauteuil roulant manuel</t>
+  </si>
+  <si>
+    <t>SAS PERMOBIL FRANCE</t>
+  </si>
+  <si>
+    <t>ALBER E-PILOT</t>
+  </si>
+  <si>
+    <t>04/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2018 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889439/fr/alber-e-pilot</t>
+  </si>
+  <si>
+    <t>c_2889439</t>
+  </si>
+  <si>
+    <t>dispositif de traction à entraînement électrique pour utilisateur de fauteuil roulant manuel</t>
+  </si>
+  <si>
+    <t>INVACARE POIRIER S.A.S.</t>
+  </si>
+  <si>
+    <t>ALBER VIAMOBIL V25</t>
+  </si>
+  <si>
+    <t>Kit d'assistance à la poussée d'un fauteuil roulant par moteur électrique</t>
+  </si>
+  <si>
+    <t>20/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2017 16:15:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733851/fr/alber-viamobil-v25</t>
+  </si>
+  <si>
+    <t>c_2733851</t>
+  </si>
+  <si>
+    <t>NEURX DPS RA/4</t>
+  </si>
+  <si>
+    <t>Stimulateur phrénique intradiaphragmatique</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/04/2016 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2622939/fr/neurx-dps-ra/4</t>
+  </si>
+  <si>
+    <t>c_2622939</t>
+  </si>
+  <si>
+    <t>SYNAPSE BIOMEDICAL EUROPE</t>
+  </si>
+  <si>
+    <t>I-DIGITS</t>
+  </si>
+  <si>
+    <t>Prothèse myoélectrique</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2016 09:04:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615452/fr/i-digits</t>
+  </si>
+  <si>
+    <t>c_2615452</t>
+  </si>
+  <si>
+    <t>Touch Bionics Limited</t>
+  </si>
+  <si>
+    <t>VERCISE</t>
+  </si>
+  <si>
+    <t>Stimulateur cérébral</t>
+  </si>
+  <si>
+    <t>15/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>29/08/2014 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757148/fr/vercise</t>
+  </si>
+  <si>
+    <t>c_1757148</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>MiniMed 2007D</t>
+  </si>
+  <si>
+    <t>Pompe implantable</t>
+  </si>
+  <si>
+    <t>03/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745956/fr/minimed-2007d</t>
+  </si>
+  <si>
+    <t>c_1745956</t>
+  </si>
+  <si>
+    <t>AXIUM</t>
+  </si>
+  <si>
+    <t>Stimulateur médullaire</t>
+  </si>
+  <si>
+    <t>25/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2014 16:34:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727805/fr/axium</t>
+  </si>
+  <si>
+    <t>c_1727805</t>
+  </si>
+  <si>
+    <t>SPINAL MODULATION NV</t>
+  </si>
+  <si>
+    <t>INTERSTIM (I et II)</t>
+  </si>
+  <si>
+    <t>Neuromodulateur des racines sacrées</t>
+  </si>
+  <si>
+    <t>03/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710115/fr/interstim-i-et-ii</t>
+  </si>
+  <si>
+    <t>c_1710115</t>
+  </si>
+  <si>
+    <t>FREESTYLE NAVIGATOR II</t>
+  </si>
+  <si>
+    <t>Système de mesure en continu du glucose</t>
+  </si>
+  <si>
+    <t>12/12/2013 12:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710119/fr/freestyle-navigator-ii</t>
+  </si>
+  <si>
+    <t>c_1710119</t>
+  </si>
+  <si>
+    <t>ABBOTT France</t>
+  </si>
+  <si>
+    <t>EON</t>
+  </si>
+  <si>
+    <t>03/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/10/2013 18:08:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646600/fr/eon</t>
+  </si>
+  <si>
+    <t>c_1646600</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>NeuRx DPS RA/4, système de stimulation du diaphragme</t>
+  </si>
+  <si>
+    <t>Système de stimulation du diaphragme - SLA - NeuRx DPS RA/4 Diaphragm Pacing System - ALS - NeuRx DPS RA / 4</t>
+  </si>
+  <si>
+    <t>09/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2013 17:46:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1520081/fr/neurx-dps-ra/4-systeme-de-stimulation-du-diaphragme</t>
+  </si>
+  <si>
+    <t>c_1520081</t>
+  </si>
+  <si>
+    <t>EON C</t>
+  </si>
+  <si>
+    <t>22/02/2013 10:13:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361826/fr/eon-c</t>
+  </si>
+  <si>
+    <t>c_1361826</t>
+  </si>
+  <si>
+    <t>ACCU-CHEK MOBILE (Kit &amp; Cassette) - 24 janvier 2012 (4004 &amp; 4005) avis</t>
+  </si>
+  <si>
+    <t>KIT &amp; CASSETTE pour autosurveillance de la glycémie DIABÉTOLOGIE – Nouveau dispositif Avis favorable au remboursement Pas d’avantage clinique démontré par rapport aux autres systèmes d’autosurveillance de la glycémie</t>
+  </si>
+  <si>
+    <t>24/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2012 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192818/fr/accu-chek-mobile-kit-cassette-24-janvier-2012-4004-4005-avis</t>
+  </si>
+  <si>
+    <t>c_1192818</t>
+  </si>
+  <si>
+    <t>ROCHE DIAGNOSTICS (France)</t>
+  </si>
+  <si>
+    <t>PHYSIO-STIM - 29 novembre 2011 (3976) avis</t>
+  </si>
+  <si>
+    <t>Générateur de champs électromagnétiques pulsés ORTHOPEDIE - Nouvelles données Avis défavorable au remboursement dans la pseudarthrose</t>
+  </si>
+  <si>
+    <t>29/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2011 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098236/fr/physio-stim-29-novembre-2011-3976-avis</t>
+  </si>
+  <si>
+    <t>c_1098236</t>
+  </si>
+  <si>
+    <t>ORTHOFIX SA (France)</t>
+  </si>
+  <si>
+    <t>EON C - 29 novembre 2011 (3977) avis</t>
+  </si>
+  <si>
+    <t>Système implantable non rechargeable de neurostimulation médullaire NEUROLOGIE – Nouveau dispositif Avis défavorable au remboursement dans la prise en charge des douleurs chroniques bilatérales et/ou étendues</t>
+  </si>
+  <si>
+    <t>30/11/2011 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1105640/fr/eon-c-29-novembre-2011-3977-avis</t>
+  </si>
+  <si>
+    <t>c_1105640</t>
+  </si>
+  <si>
+    <t>St Jude Medical</t>
+  </si>
+  <si>
+    <t>EXOGEN 4000+ - 25 octobre 2011 (3923) avis</t>
+  </si>
+  <si>
+    <t>Générateur d’ultrasons pulsés de basse intensité ORTHOPEDIE - Nouvelles données Avis défavorable au remboursement dans la pseudarthrose</t>
+  </si>
+  <si>
+    <t>25/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>26/10/2011 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068137/fr/exogen-4000-25-octobre-2011-3923-avis</t>
+  </si>
+  <si>
+    <t>c_1068137</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW SA (France)</t>
+  </si>
+  <si>
+    <t>BGStar - 09 novembre 2010 (3001) - avis</t>
+  </si>
+  <si>
+    <t>09/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010392/fr/bgstar-09-novembre-2010-3001-avis</t>
+  </si>
+  <si>
+    <t>c_1010392</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>EXOGEN 4000+ - 07 décembre 2010 (2614 et 2639)</t>
+  </si>
+  <si>
+    <t>Générateur d'ultrasons pulsés de basse intensité ORTHOPEDIE– Modification d’inscription Avis défavorable au remboursement dans le traitement des pseudarthroses et dans l’allongement progressif de membre inférieur</t>
+  </si>
+  <si>
+    <t>07/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2010 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1007698/fr/exogen-4000-07-decembre-2010-2614-et-2639</t>
+  </si>
+  <si>
+    <t>c_1007698</t>
+  </si>
+  <si>
+    <t>Smith &amp; Nephew</t>
+  </si>
+  <si>
+    <t>HEARTWARE - 26 octobre 2010 (3007) avis</t>
+  </si>
+  <si>
+    <t>26/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2010 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996587/fr/heartware-26-octobre-2010-3007-avis</t>
+  </si>
+  <si>
+    <t>c_996587</t>
+  </si>
+  <si>
+    <t>HEARTWARE International Inc. (Etats Unis)</t>
+  </si>
+  <si>
+    <t>PHYSIO-STIM - CNEDiMTS du 24 novembre 2009 (2238)</t>
+  </si>
+  <si>
+    <t>24/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2009 15:47:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_892695/fr/physio-stim-cnedimts-du-24-novembre-2009-2238</t>
+  </si>
+  <si>
+    <t>c_892695</t>
+  </si>
+  <si>
+    <t>ORTHOFIX SA France</t>
+  </si>
+  <si>
+    <t>14/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2009 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_780973/fr/neurx-dps-ra/4</t>
+  </si>
+  <si>
+    <t>c_780973</t>
+  </si>
+  <si>
+    <t>Synapse Biomedical Europe (France)</t>
+  </si>
+  <si>
+    <t>PHYSIO-STIM LITE &amp; PHYSIO-STIM</t>
+  </si>
+  <si>
+    <t>10/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2008 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671287/fr/physio-stim-lite-physio-stim</t>
+  </si>
+  <si>
+    <t>c_671287</t>
+  </si>
+  <si>
+    <t>EXOGEN 4000+</t>
+  </si>
+  <si>
+    <t>27/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2007 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671298/fr/exogen-4000</t>
+  </si>
+  <si>
+    <t>c_671298</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW SA France</t>
+  </si>
+  <si>
+    <t>OPTIUM XCEED</t>
+  </si>
+  <si>
+    <t>27/09/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2006 18:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451419/fr/optium-xceed</t>
+  </si>
+  <si>
+    <t>c_451419</t>
+  </si>
+  <si>
+    <t>Laboratoires Abbott France</t>
+  </si>
+  <si>
+    <t>EXOGEN 2000</t>
+  </si>
+  <si>
+    <t>05/06/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398402/fr/exogen-2000</t>
+  </si>
+  <si>
+    <t>c_398402</t>
+  </si>
+  <si>
+    <t>SMITH &amp;NEPHEW (France)</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France - Volet : Analyse des possibilités de développement de la transplantation rénale en France</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’examiner les possibilités de développement de la transplantation rénale en France en tenant compte notamment des aspects organisationnels, économiques et éthiques.</t>
+  </si>
+  <si>
+    <t>28/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2012 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1291640/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france-volet-analyse-des-possibilites-de-developpement-de-la-transplantation-renale-en-france</t>
+  </si>
+  <si>
+    <t>c_1291640</t>
+  </si>
+  <si>
+    <t>Principes de dépistage du diabète de type 2</t>
+  </si>
+  <si>
+    <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_464100</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>ALD n° 23 - Troubles dépressifs récurrents ou persistants chez l’adulte</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_767572/fr/ald-n-23-troubles-depressifs-recurrents-ou-persistants-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_767572</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
+  </si>
+  <si>
+    <t>p_3374425</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Aniridie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'Aniridie. Il a été élaboré par le Centre de référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963463/fr/aniridie</t>
+  </si>
+  <si>
+    <t>c_2963463</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+  </si>
+  <si>
+    <t>c_534689</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Prise en charge des dysthyroïdies chez l’adulte</t>
+  </si>
+  <si>
+    <t>En France, les dysfonctionnements de la thyroïde toucheraient environ 2 % de la population. La HAS publie un socle complet de recommandations sur la prise en charge des hypothyroïdies et hyperthyroïdies. Elle y décrit pour chacune les étapes du diagnostic, les examens biologiques à réaliser, les stratégies thérapeutiques ainsi que leur suivi.</t>
+  </si>
+  <si>
+    <t>15/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2023 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216305/fr/prise-en-charge-des-dysthyroidies-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3216305</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Symptomatic chronic systolic heart failure</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Grossesses à risque : orientation des femmes enceintes entre les maternités en vue de l'accouchement</t>
+  </si>
+  <si>
+    <t>Définir selon des critères médicaux les femmes enceintes à orienter dans les maternités de type I, II et III selon les risques fœto-maternels. Harmoniser les indications d’orientation et de réorientation au sein des réseaux périnatals. Améliorer la compréhension par les professionnels autant que par les femmes enceintes de l’utilité et des limites de l’orientation entre les établissements d’un réseau périnatal. Mieux appréhender les outils nécessaires à une organisation efficace des orientations, afin d’en améliorer la sécurité et le confort.</t>
+  </si>
+  <si>
+    <t>01/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2012 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935540/fr/grossesses-a-risque-orientation-des-femmes-enceintes-entre-les-maternites-en-vue-de-l-accouchement</t>
+  </si>
+  <si>
+    <t>c_935540</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Dangerosité psychiatrique : étude et évaluation des facteurs de risque de violence hétéro-agressive chez les personnes ayant des troubles schizophréniques ou des troubles de l’humeur</t>
+  </si>
+  <si>
+    <t>A la demande du Ministère de la Santé, la HAS a organisé une audition publique sur l'évaluation de la dangerosité psychiatrique. Il s’agissait d'aborder la dimension psychiatrique de la dangerosité et de son évaluation pour aider la prise en charge des patients dans un objectif de prévention des passages à l'acte violent par une meilleure prise en compte de la clinique.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2011 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069220/fr/dangerosite-psychiatrique-etude-et-evaluation-des-facteurs-de-risque-de-violence-hetero-agressive-chez-les-personnes-ayant-des-troubles-schizophreniques-ou-des-troubles-de-l-humeur</t>
+  </si>
+  <si>
+    <t>c_1069220</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications évolutives d'un épisode dépressif caractérisé de l'adulte. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607702/fr/prise-en-charge-des-complications-evolutives-d-un-episode-depressif-caracterise-de-l-adulte-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_607702</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Modalités d'arrêt des benzodiazépines et médicaments apparentés chez le patient âgé</t>
+  </si>
+  <si>
+    <t>Proposer des stratégies pour faciliter l’arrêt des benzodiazépines (BZD) et médicaments apparentés à l’ensemble des médecins amenés à renouveler une prescription de ces médicaments chez un patient âgé de plus de 65 ans.</t>
+  </si>
+  <si>
+    <t>17/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601509/fr/modalites-d-arret-des-benzodiazepines-et-medicaments-apparentes-chez-le-patient-age</t>
+  </si>
+  <si>
+    <t>c_601509</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Modalités de l’accompagnement du sujet alcoolodépendant après un sevrage</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes posées au jury : Quels sont les acteurs et les moyens de l'accompagnement ? Comment organiser l'accompagnement (y compris lieu, modalités et durée) ? Comment gérer les compensations, les transferts de dépendances et les associations d'autres substances psycho-actives (usage nocif ou usage avec dépendance) ? Quelle attitude adopter en cas d'association à d'autres troubles ? Comment évaluer l'accompagnement du sujet alcoolodépendant sevré ?</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271905/fr/modalites-de-l-accompagnement-du-sujet-alcoolodependant-apres-un-sevrage</t>
+  </si>
+  <si>
+    <t>c_271905</t>
+  </si>
+  <si>
+    <t>La crise suicidaire : reconnaître et prendre en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est d'améliorer le repérage de la crise suicidaire et l'organisation de la prise en charge afin de prévenir le suicide.</t>
+  </si>
+  <si>
+    <t>22/11/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271964/fr/la-crise-suicidaire-reconnaitre-et-prendre-en-charge</t>
+  </si>
+  <si>
+    <t>c_271964</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Actes relatifs à l’exploration biologique des dysthyroïdies de l’adulte</t>
+  </si>
+  <si>
+    <t>Évaluation de plusieurs actes relatifs à l’exploration biologique des dysthyroïdies de l’adulte en vue de l'actualisation de leur remboursement par l'assurance maladie.</t>
+  </si>
+  <si>
+    <t>17/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2023 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443589/fr/actes-relatifs-a-l-exploration-biologique-des-dysthyroidies-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3443589</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
+    <t>Actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire pour analyse de génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de préciser l’intérêt, les indications et les modalités de réalisation des actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire en anatomocytopathologie, en vue d’une analyse en génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>18/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/fr/actes-de-preparation-qualification-et-selection-d-un-echantillon-tissulaire-ou-cellulaire-pour-analyse-de-genetique-somatique-des-cancers</t>
   </si>
   <si>
     <t>p_3080503</t>
   </si>
   <si>
-    <t>Assesment of homeopathic medicines</t>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>09/07/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Alternative(s) to 99mTc-sestamibi preoperative scintigraphy for the localization of hypersecreting parathyroid glands in the event of complete shortage of 99mTechnetium (99mTc) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2011763/en/alternative-s-to-99mtc-sestamibi-preoperative-scintigraphy-for-the-localization-of-hypersecreting-parathyroid-glands-in-the-event-of-complete-shortage-of-99mtechnetium-99mtc-inahta-brief</t>
+    <t>Alternative(s) à la scintigraphie préopératoire lors du bilan de localisation des glandes parathyroïdes hypersécrétantes dans l’hypothèse d’une pénurie complète en technétium-99m</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de déterminer si un (ou plusieurs) examen(s) pouvait(ent) se substituer, sans perte de chance pour les patients, à la scintigraphie au technétium-99m en situation de pénurie complète pour cet isotope et en complément de l’échographie cervicale lors du bilan de localisation préopératoire d’une (ou plusieurs) glande(s) hypersécrétante(s) responsable(s) d’une hyperparathyroïdie.</t>
+  </si>
+  <si>
+    <t>24/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2015 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011763/fr/alternative-s-a-la-scintigraphie-preoperatoire-lors-du-bilan-de-localisation-des-glandes-parathyroides-hypersecretantes-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
   </si>
   <si>
     <t>c_2011763</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...5 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
+  </si>
+  <si>
+    <t>Évaluation des stimulateurs cardiaques conventionnels, place respective des stimulateurs simple et double chambre</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de stimulateurs conventionnels, afin de : s’assurer du bien fondé de leur remboursement ; définir les indications et les situations cliniques d’utilisation des différents types d’appareils ; réévaluer l’intérêt des stimulateurs simple et double chambre en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les stimulateurs inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2009 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749863/fr/evaluation-des-stimulateurs-cardiaques-conventionnels-place-respective-des-stimulateurs-simple-et-double-chambre</t>
+  </si>
+  <si>
+    <t>c_749863</t>
+  </si>
+  <si>
+    <t>Évaluation de la Stimulation Phrénique Implantée</t>
+  </si>
+  <si>
+    <t>Les dispositifs de stimulation phrénique sont des dispositifs d’assistance respiratoire implantée définitive, destinés aux patients dont la commande respiratoire est atteinte alors que le système neuromusculaire périphérique est intact. Selon les technologies, la stimulation porte sur la portion thoracique du nerf phrénique (stimulateurs phréniques intrathoraciques) ou au niveau des points moteurs du nerf phrénique situés sur le diaphragme (stimulateurs phréniques intradiaphragmatiques). L’objectif de ce travail est d’évaluer l’intérêt clinique des différents dispositifs de stimulation phrénique implantés et des actes qui leur sont associés et d’en définir, en vue du remboursement : - les indications ; - les conditions de prise en charge : modalités d’implantation et de suivi ; - les données cliniques complémentaires nécessaires.</t>
+  </si>
+  <si>
+    <t>01/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2009 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_797191/fr/evaluation-de-la-stimulation-phrenique-implantee</t>
+  </si>
+  <si>
+    <t>c_797191</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 22/11/2022</t>
+  </si>
+  <si>
+    <t>15/06/2023 08:36:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411409/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-22/11/2022</t>
+  </si>
+  <si>
+    <t>p_3411409</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Regardez en replay - Hypothyroïdies et hyperthyroïdies : quelle prise en charge chez l'adulte ?</t>
+  </si>
+  <si>
+    <t>Regarder en replay le webinaire "Hypothyroïdies et hyperthyroïdies : quelle prise en charge chez l'adulte ?" du 25 avril 2023.</t>
+  </si>
+  <si>
+    <t>14/03/2023 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417973/fr/regardez-en-replay-hypothyroidies-et-hyperthyroidies-quelle-prise-en-charge-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3417973</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 28 janvier 2020</t>
+  </si>
+  <si>
+    <t>23/01/2020 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147732/fr/cnedimts-reunion-du-28-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3147732</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 10/09/2019</t>
+  </si>
+  <si>
+    <t>17/12/2019 16:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135431/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-10/09/2019</t>
+  </si>
+  <si>
+    <t>p_3135431</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 20 septembre 2017</t>
+  </si>
+  <si>
+    <t>15/09/2017 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2793565/fr/college-deliberatif-du-20-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2793565</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mars 2016</t>
+  </si>
+  <si>
+    <t>09/03/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614580/fr/commission-de-la-transparence-reunion-du-16-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2614580</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 18 novembre 2015</t>
+  </si>
+  <si>
+    <t>12/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571745/fr/college-deliberatif-du-18-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2571745</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2011</t>
+  </si>
+  <si>
+    <t>25/05/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058006/fr/commission-de-la-transparence-reunion-du-25-mai-2011</t>
+  </si>
+  <si>
+    <t>c_1058006</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0065/AC/SEAP du 17 octobre 2024 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L.162-1-7 du code de la sécurité sociale, des actes liés à la prise en charge implanto-prothétique de l’édentement complet ou unitaire</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0065/AC/SEAP du 17 octobre 2024 du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L.162-1-7 du code de la sécurité sociale, des actes liés à la prise en charge implanto-prothétique de l’édentement complet ou unitaire. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>17/10/2024 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550813/fr/avis-n2024-0065/ac/seap-du-17-octobre-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-des-actes-lies-a-la-prise-en-charge-implanto-prothetique-de-l-edentement-complet-ou-unitaire</t>
+  </si>
+  <si>
+    <t>p_3550813</t>
+  </si>
+  <si>
+    <t>Avis n°2023.0017/AC/SEAP du 17 mai 2023 du collège de la HAS relatif à la modification des conditions d’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de plusieurs actes relatifs à l’exploration biologique des dysthyroïdies de l’adulte</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à la modification des conditions d’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de plusieurs actes relatifs à l’exploration biologique des dysthyroïdies de l’adulte</t>
+  </si>
+  <si>
+    <t>17/05/2023 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443585/fr/avis-n2023-0017/ac/seap-du-17-mai-2023-du-college-de-la-has-relatif-a-la-modification-des-conditions-d-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-plusieurs-actes-relatifs-a-l-exploration-biologique-des-dysthyroidies-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3443585</t>
+  </si>
+  <si>
+    <t>Avis n° 2017.0092/AC/SA3P du 15 novembre 2017 du collège de la Haute Autorité de santé relatif au protocole de coopération « Gestion de l’analgésie locorégionale (ALR) par perfusion d’agents anesthésiques locaux au domicile du patient après une chirurgie ambulatoire par un infirmier diplômé d’État libéral »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS PACA, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé « Gestion de l’analgésie locorégionale (ALR) par perfusion d’agents anesthésiques locaux au domicile du patient après une chirurgie ambulatoire par un infirmier diplômé d’État libéral » Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>15/11/2017 14:37:00</t>
+  </si>
+  <si>
+    <t>23/11/2017 16:53:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806954/fr/avis-n-2017-0092/ac/sa3p-du-15-novembre-2017-du-college-de-la-haute-autorite-de-sante-relatif-au-protocole-de-cooperation-gestion-de-l-analgesie-locoregionale-alr-par-perfusion-d-agents-anesthesiques-locaux-au-domicile-du-patient-apres-une-chirurgie-ambulatoire-par-un-infirmier-diplome-d-etat-liberal</t>
+  </si>
+  <si>
+    <t>c_2806954</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0203/DC/SEM du 16 septembre 2015 et n°2015.0235/DC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de vérapamil (ISOPTINE et ses génériques) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# La pathologie, l’algie vasculaire de la face, est fréquente, sévère et invalidante et peut altérer la qualité de vie du patient,# Il n’y a pas d’alternative appropriée et remboursable dans le traitement prophylactique de l’algie vasculaire de la face,# L’utilisation de ce médicament semble indispensable pour le traitement prophylactique de ces patients pour améliorer leur état de santé ou éviter leur dégradation,# le Collège de la HAS considère que les spécialités ISOPTINE et génériques (vérapamil), doivent faire l’objet d’une prise en charge dérogatoire dans le traitement prophylactique de l’algie vasculaire de la face.# Le Collège alerte les prescripteurs et les décideurs sur le risque cardiaque lié à l’association du vérapamil avec les bêtabloquants et les anti-arythmiques.</t>
+  </si>
+  <si>
+    <t>16/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062720/fr/decision-n-2015-0203/dc/sem-du-16-septembre-2015-et-n2015-0235/dc/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-des-specialites-a-base-de-verapamil-isoptine-et-ses-generiques-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2062720</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Repérage et prise en charge du patient adulte atteint de maladie rénale chronique</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272490/fr/reperage-et-prise-en-charge-du-patient-adulte-atteint-de-maladie-renale-chronique</t>
+  </si>
+  <si>
+    <t>c_272490</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TERALITHE (lithium (carbonate de))</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984171/fr/teralithe-lithium-carbonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984171</t>
+  </si>
+  <si>
+    <t>lithium (carbonate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400992/fr/teralithe-250-mg-comprime-secable-boite-de-100-comprimes-cip-313-763-3-teralithe-lp-400-mg-comprime-secable-a-liberation-prolongee-boite-de-60-comprimes-cip-337-273-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098667/fr/teralithe-lithium-carbonate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617880/fr/teralithe-lithium-carbonate-de</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:J33"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>44</v>
+      </c>
+      <c r="I6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E7" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="H7" t="s">
-        <v>47</v>
+        <v>51</v>
+      </c>
+      <c r="I7" t="s">
+        <v>52</v>
+      </c>
+      <c r="J7" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="H8" t="s">
-        <v>53</v>
+        <v>58</v>
+      </c>
+      <c r="I8" t="s">
+        <v>59</v>
+      </c>
+      <c r="J8" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="H9" t="s">
-        <v>58</v>
+        <v>65</v>
+      </c>
+      <c r="I9" t="s">
+        <v>66</v>
+      </c>
+      <c r="J9" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="D10" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="E10" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="H10" t="s">
-        <v>64</v>
+        <v>73</v>
+      </c>
+      <c r="I10" t="s">
+        <v>69</v>
+      </c>
+      <c r="J10" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="D11" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="E11" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="H11" t="s">
-        <v>70</v>
+        <v>79</v>
+      </c>
+      <c r="I11" t="s">
+        <v>75</v>
+      </c>
+      <c r="J11" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="C12" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="E12" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="H12" t="s">
-        <v>76</v>
+        <v>86</v>
+      </c>
+      <c r="I12" t="s">
+        <v>82</v>
+      </c>
+      <c r="J12" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="C13" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="D13" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="E13" t="s">
+        <v>91</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>92</v>
+      </c>
+      <c r="H13" t="s">
+        <v>93</v>
+      </c>
+      <c r="I13" t="s">
+        <v>89</v>
+      </c>
+      <c r="J13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>96</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>98</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>99</v>
+      </c>
+      <c r="H14" t="s">
+        <v>100</v>
+      </c>
+      <c r="I14" t="s">
+        <v>96</v>
+      </c>
+      <c r="J14" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" t="s">
+        <v>103</v>
+      </c>
+      <c r="E15" t="s">
+        <v>104</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>105</v>
+      </c>
+      <c r="H15" t="s">
+        <v>106</v>
+      </c>
+      <c r="I15" t="s">
+        <v>102</v>
+      </c>
+      <c r="J15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>109</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>111</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>112</v>
+      </c>
+      <c r="H16" t="s">
+        <v>113</v>
+      </c>
+      <c r="I16" t="s">
+        <v>109</v>
+      </c>
+      <c r="J16" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>115</v>
+      </c>
+      <c r="D17" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" t="s">
+        <v>116</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>117</v>
+      </c>
+      <c r="H17" t="s">
+        <v>118</v>
+      </c>
+      <c r="I17" t="s">
+        <v>115</v>
+      </c>
+      <c r="J17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>102</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>122</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>123</v>
+      </c>
+      <c r="H18" t="s">
+        <v>124</v>
+      </c>
+      <c r="I18" t="s">
+        <v>102</v>
+      </c>
+      <c r="J18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>127</v>
+      </c>
+      <c r="D19" t="s">
+        <v>128</v>
+      </c>
+      <c r="E19" t="s">
+        <v>129</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>130</v>
+      </c>
+      <c r="H19" t="s">
+        <v>131</v>
+      </c>
+      <c r="I19" t="s">
+        <v>12</v>
+      </c>
+      <c r="J19" t="s">
         <v>80</v>
       </c>
-      <c r="F13" t="s">
-[...6 lines deleted...]
-        <v>82</v>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C20" t="s">
+        <v>102</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>133</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>134</v>
+      </c>
+      <c r="H20" t="s">
+        <v>135</v>
+      </c>
+      <c r="I20" t="s">
+        <v>102</v>
+      </c>
+      <c r="J20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>136</v>
+      </c>
+      <c r="C21" t="s">
+        <v>137</v>
+      </c>
+      <c r="D21" t="s">
+        <v>138</v>
+      </c>
+      <c r="E21" t="s">
+        <v>139</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>140</v>
+      </c>
+      <c r="H21" t="s">
+        <v>141</v>
+      </c>
+      <c r="I21" t="s">
+        <v>12</v>
+      </c>
+      <c r="J21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>144</v>
+      </c>
+      <c r="D22" t="s">
+        <v>145</v>
+      </c>
+      <c r="E22" t="s">
+        <v>146</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>147</v>
+      </c>
+      <c r="H22" t="s">
+        <v>148</v>
+      </c>
+      <c r="I22" t="s">
+        <v>12</v>
+      </c>
+      <c r="J22" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>150</v>
+      </c>
+      <c r="C23" t="s">
+        <v>151</v>
+      </c>
+      <c r="D23" t="s">
+        <v>145</v>
+      </c>
+      <c r="E23" t="s">
+        <v>152</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>153</v>
+      </c>
+      <c r="H23" t="s">
+        <v>154</v>
+      </c>
+      <c r="I23" t="s">
+        <v>12</v>
+      </c>
+      <c r="J23" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>156</v>
+      </c>
+      <c r="C24" t="s">
+        <v>157</v>
+      </c>
+      <c r="D24" t="s">
+        <v>158</v>
+      </c>
+      <c r="E24" t="s">
+        <v>159</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>160</v>
+      </c>
+      <c r="H24" t="s">
+        <v>161</v>
+      </c>
+      <c r="I24" t="s">
+        <v>12</v>
+      </c>
+      <c r="J24" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>164</v>
+      </c>
+      <c r="E25" t="s">
+        <v>164</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>165</v>
+      </c>
+      <c r="H25" t="s">
+        <v>166</v>
+      </c>
+      <c r="I25" t="s">
+        <v>12</v>
+      </c>
+      <c r="J25" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" t="s">
+        <v>169</v>
+      </c>
+      <c r="D26" t="s">
+        <v>170</v>
+      </c>
+      <c r="E26" t="s">
+        <v>171</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>172</v>
+      </c>
+      <c r="H26" t="s">
+        <v>173</v>
+      </c>
+      <c r="I26" t="s">
+        <v>12</v>
+      </c>
+      <c r="J26" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>175</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>176</v>
+      </c>
+      <c r="E27" t="s">
+        <v>177</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>178</v>
+      </c>
+      <c r="H27" t="s">
+        <v>179</v>
+      </c>
+      <c r="I27" t="s">
+        <v>12</v>
+      </c>
+      <c r="J27" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>181</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>182</v>
+      </c>
+      <c r="E28" t="s">
+        <v>183</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>184</v>
+      </c>
+      <c r="H28" t="s">
+        <v>185</v>
+      </c>
+      <c r="I28" t="s">
+        <v>12</v>
+      </c>
+      <c r="J28" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>74</v>
+      </c>
+      <c r="C29" t="s">
+        <v>75</v>
+      </c>
+      <c r="D29" t="s">
+        <v>187</v>
+      </c>
+      <c r="E29" t="s">
+        <v>188</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>189</v>
+      </c>
+      <c r="H29" t="s">
+        <v>190</v>
+      </c>
+      <c r="I29" t="s">
+        <v>75</v>
+      </c>
+      <c r="J29" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>192</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>193</v>
+      </c>
+      <c r="E30" t="s">
+        <v>194</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>195</v>
+      </c>
+      <c r="H30" t="s">
+        <v>196</v>
+      </c>
+      <c r="I30" t="s">
+        <v>12</v>
+      </c>
+      <c r="J30" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>197</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>198</v>
+      </c>
+      <c r="E31" t="s">
+        <v>199</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>200</v>
+      </c>
+      <c r="H31" t="s">
+        <v>201</v>
+      </c>
+      <c r="I31" t="s">
+        <v>12</v>
+      </c>
+      <c r="J31" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>203</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>204</v>
+      </c>
+      <c r="E32" t="s">
+        <v>205</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>206</v>
+      </c>
+      <c r="H32" t="s">
+        <v>207</v>
+      </c>
+      <c r="I32" t="s">
+        <v>12</v>
+      </c>
+      <c r="J32" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>209</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>210</v>
+      </c>
+      <c r="E33" t="s">
+        <v>210</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>211</v>
+      </c>
+      <c r="H33" t="s">
+        <v>212</v>
+      </c>
+      <c r="I33" t="s">
+        <v>12</v>
+      </c>
+      <c r="J33" t="s">
+        <v>213</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>667</v>
+      </c>
+      <c r="B2" t="s">
+        <v>668</v>
+      </c>
+      <c r="C2" t="s">
+        <v>669</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>670</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>671</v>
+      </c>
+      <c r="H2" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>667</v>
+      </c>
+      <c r="B3" t="s">
+        <v>673</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>674</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>675</v>
+      </c>
+      <c r="H3" t="s">
+        <v>676</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>214</v>
+      </c>
+      <c r="B2" t="s">
+        <v>215</v>
+      </c>
+      <c r="C2" t="s">
+        <v>216</v>
+      </c>
+      <c r="D2" t="s">
+        <v>217</v>
+      </c>
+      <c r="E2" t="s">
+        <v>218</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>219</v>
+      </c>
+      <c r="H2" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>214</v>
+      </c>
+      <c r="B3" t="s">
+        <v>221</v>
+      </c>
+      <c r="C3" t="s">
+        <v>222</v>
+      </c>
+      <c r="D3" t="s">
+        <v>223</v>
+      </c>
+      <c r="E3" t="s">
+        <v>224</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>225</v>
+      </c>
+      <c r="H3" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>214</v>
+      </c>
+      <c r="B4" t="s">
+        <v>227</v>
+      </c>
+      <c r="C4" t="s">
+        <v>228</v>
+      </c>
+      <c r="D4" t="s">
+        <v>229</v>
+      </c>
+      <c r="E4" t="s">
+        <v>230</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>231</v>
+      </c>
+      <c r="H4" t="s">
+        <v>232</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>233</v>
+      </c>
+      <c r="B2" t="s">
+        <v>234</v>
+      </c>
+      <c r="C2" t="s">
+        <v>235</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>236</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>237</v>
+      </c>
+      <c r="H2" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C3" t="s">
+        <v>240</v>
+      </c>
+      <c r="D3" t="s">
+        <v>241</v>
+      </c>
+      <c r="E3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>243</v>
+      </c>
+      <c r="H3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>233</v>
+      </c>
+      <c r="B4" t="s">
+        <v>245</v>
+      </c>
+      <c r="C4" t="s">
+        <v>246</v>
+      </c>
+      <c r="D4" t="s">
+        <v>247</v>
+      </c>
+      <c r="E4" t="s">
+        <v>248</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>249</v>
+      </c>
+      <c r="H4" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>233</v>
+      </c>
+      <c r="B5" t="s">
+        <v>251</v>
+      </c>
+      <c r="C5" t="s">
+        <v>252</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>253</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>254</v>
+      </c>
+      <c r="H5" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>233</v>
+      </c>
+      <c r="B6" t="s">
+        <v>256</v>
+      </c>
+      <c r="C6" t="s">
+        <v>257</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>258</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>259</v>
+      </c>
+      <c r="H6" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>233</v>
+      </c>
+      <c r="B7" t="s">
+        <v>261</v>
+      </c>
+      <c r="C7" t="s">
+        <v>262</v>
+      </c>
+      <c r="D7" t="s">
+        <v>263</v>
+      </c>
+      <c r="E7" t="s">
+        <v>264</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>265</v>
+      </c>
+      <c r="H7" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>233</v>
+      </c>
+      <c r="B8" t="s">
+        <v>267</v>
+      </c>
+      <c r="C8" t="s">
+        <v>268</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>269</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>270</v>
+      </c>
+      <c r="H8" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>233</v>
+      </c>
+      <c r="B9" t="s">
+        <v>272</v>
+      </c>
+      <c r="C9" t="s">
+        <v>273</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>274</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>275</v>
+      </c>
+      <c r="H9" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>233</v>
+      </c>
+      <c r="B10" t="s">
+        <v>277</v>
+      </c>
+      <c r="C10" t="s">
+        <v>278</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>279</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>280</v>
+      </c>
+      <c r="H10" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>233</v>
+      </c>
+      <c r="B11" t="s">
+        <v>282</v>
+      </c>
+      <c r="C11" t="s">
+        <v>283</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>279</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>284</v>
+      </c>
+      <c r="H11" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>233</v>
+      </c>
+      <c r="B12" t="s">
+        <v>286</v>
+      </c>
+      <c r="C12" t="s">
+        <v>287</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>279</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>288</v>
+      </c>
+      <c r="H12" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>233</v>
+      </c>
+      <c r="B13" t="s">
+        <v>290</v>
+      </c>
+      <c r="C13" t="s">
+        <v>291</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>292</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>293</v>
+      </c>
+      <c r="H13" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>233</v>
+      </c>
+      <c r="B14" t="s">
+        <v>295</v>
+      </c>
+      <c r="C14" t="s">
+        <v>296</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>297</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>298</v>
+      </c>
+      <c r="H14" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>233</v>
+      </c>
+      <c r="B15" t="s">
+        <v>300</v>
+      </c>
+      <c r="C15" t="s">
+        <v>301</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>302</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>303</v>
+      </c>
+      <c r="H15" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>233</v>
+      </c>
+      <c r="B16" t="s">
+        <v>305</v>
+      </c>
+      <c r="C16" t="s">
+        <v>306</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>302</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>307</v>
+      </c>
+      <c r="H16" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>233</v>
+      </c>
+      <c r="B17" t="s">
+        <v>309</v>
+      </c>
+      <c r="C17" t="s">
+        <v>310</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>311</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>312</v>
+      </c>
+      <c r="H17" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>233</v>
+      </c>
+      <c r="B18" t="s">
+        <v>314</v>
+      </c>
+      <c r="C18" t="s">
+        <v>315</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>316</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>317</v>
+      </c>
+      <c r="H18" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>233</v>
+      </c>
+      <c r="B19" t="s">
+        <v>319</v>
+      </c>
+      <c r="C19" t="s">
+        <v>320</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>321</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>322</v>
+      </c>
+      <c r="H19" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>233</v>
+      </c>
+      <c r="B20" t="s">
+        <v>324</v>
+      </c>
+      <c r="C20" t="s">
+        <v>325</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>326</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>327</v>
+      </c>
+      <c r="H20" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>233</v>
+      </c>
+      <c r="B21" t="s">
+        <v>329</v>
+      </c>
+      <c r="C21" t="s">
+        <v>330</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>331</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>332</v>
+      </c>
+      <c r="H21" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>233</v>
+      </c>
+      <c r="B22" t="s">
+        <v>334</v>
+      </c>
+      <c r="C22" t="s">
+        <v>335</v>
+      </c>
+      <c r="D22" t="s">
+        <v>336</v>
+      </c>
+      <c r="E22" t="s">
+        <v>337</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>338</v>
+      </c>
+      <c r="H22" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>233</v>
+      </c>
+      <c r="B23" t="s">
+        <v>340</v>
+      </c>
+      <c r="C23" t="s">
+        <v>240</v>
+      </c>
+      <c r="D23" t="s">
+        <v>341</v>
+      </c>
+      <c r="E23" t="s">
+        <v>342</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>343</v>
+      </c>
+      <c r="H23" t="s">
+        <v>344</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H36"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>345</v>
+      </c>
+      <c r="B2" t="s">
+        <v>346</v>
+      </c>
+      <c r="C2" t="s">
+        <v>347</v>
+      </c>
+      <c r="D2" t="s">
+        <v>348</v>
+      </c>
+      <c r="E2" t="s">
+        <v>349</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>350</v>
+      </c>
+      <c r="H2" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>345</v>
+      </c>
+      <c r="B3" t="s">
+        <v>352</v>
+      </c>
+      <c r="C3" t="s">
+        <v>353</v>
+      </c>
+      <c r="D3" t="s">
+        <v>354</v>
+      </c>
+      <c r="E3" t="s">
+        <v>355</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>356</v>
+      </c>
+      <c r="H3" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>345</v>
+      </c>
+      <c r="B4" t="s">
+        <v>358</v>
+      </c>
+      <c r="C4" t="s">
+        <v>359</v>
+      </c>
+      <c r="D4" t="s">
+        <v>360</v>
+      </c>
+      <c r="E4" t="s">
+        <v>361</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>362</v>
+      </c>
+      <c r="H4" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>345</v>
+      </c>
+      <c r="B5" t="s">
+        <v>364</v>
+      </c>
+      <c r="C5" t="s">
+        <v>365</v>
+      </c>
+      <c r="D5" t="s">
+        <v>360</v>
+      </c>
+      <c r="E5" t="s">
+        <v>361</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>366</v>
+      </c>
+      <c r="H5" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>345</v>
+      </c>
+      <c r="B6" t="s">
+        <v>368</v>
+      </c>
+      <c r="C6" t="s">
+        <v>369</v>
+      </c>
+      <c r="D6" t="s">
+        <v>247</v>
+      </c>
+      <c r="E6" t="s">
+        <v>370</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>371</v>
+      </c>
+      <c r="H6" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>345</v>
+      </c>
+      <c r="B7" t="s">
+        <v>373</v>
+      </c>
+      <c r="C7" t="s">
+        <v>374</v>
+      </c>
+      <c r="D7" t="s">
+        <v>375</v>
+      </c>
+      <c r="E7" t="s">
+        <v>376</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>377</v>
+      </c>
+      <c r="H7" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>345</v>
+      </c>
+      <c r="B8" t="s">
+        <v>379</v>
+      </c>
+      <c r="C8" t="s">
+        <v>380</v>
+      </c>
+      <c r="D8" t="s">
+        <v>381</v>
+      </c>
+      <c r="E8" t="s">
+        <v>382</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>383</v>
+      </c>
+      <c r="H8" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>345</v>
+      </c>
+      <c r="B9" t="s">
+        <v>385</v>
+      </c>
+      <c r="C9" t="s">
+        <v>386</v>
+      </c>
+      <c r="D9" t="s">
+        <v>387</v>
+      </c>
+      <c r="E9" t="s">
+        <v>388</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>389</v>
+      </c>
+      <c r="H9" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>345</v>
+      </c>
+      <c r="B10" t="s">
+        <v>391</v>
+      </c>
+      <c r="C10" t="s">
+        <v>392</v>
+      </c>
+      <c r="D10" t="s">
+        <v>393</v>
+      </c>
+      <c r="E10" t="s">
+        <v>394</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>395</v>
+      </c>
+      <c r="H10" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>345</v>
+      </c>
+      <c r="B11" t="s">
+        <v>397</v>
+      </c>
+      <c r="C11" t="s">
+        <v>398</v>
+      </c>
+      <c r="D11" t="s">
+        <v>393</v>
+      </c>
+      <c r="E11" t="s">
+        <v>394</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>399</v>
+      </c>
+      <c r="H11" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>345</v>
+      </c>
+      <c r="B12" t="s">
+        <v>401</v>
+      </c>
+      <c r="C12" t="s">
+        <v>402</v>
+      </c>
+      <c r="D12" t="s">
+        <v>393</v>
+      </c>
+      <c r="E12" t="s">
+        <v>403</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>404</v>
+      </c>
+      <c r="H12" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>345</v>
+      </c>
+      <c r="B13" t="s">
+        <v>406</v>
+      </c>
+      <c r="C13" t="s">
+        <v>407</v>
+      </c>
+      <c r="D13" t="s">
+        <v>393</v>
+      </c>
+      <c r="E13" t="s">
+        <v>403</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>408</v>
+      </c>
+      <c r="H13" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>345</v>
+      </c>
+      <c r="B14" t="s">
+        <v>410</v>
+      </c>
+      <c r="C14" t="s">
+        <v>407</v>
+      </c>
+      <c r="D14" t="s">
+        <v>393</v>
+      </c>
+      <c r="E14" t="s">
+        <v>394</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>411</v>
+      </c>
+      <c r="H14" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>345</v>
+      </c>
+      <c r="B15" t="s">
+        <v>413</v>
+      </c>
+      <c r="C15" t="s">
+        <v>414</v>
+      </c>
+      <c r="D15" t="s">
+        <v>393</v>
+      </c>
+      <c r="E15" t="s">
+        <v>403</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>415</v>
+      </c>
+      <c r="H15" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>345</v>
+      </c>
+      <c r="B16" t="s">
+        <v>417</v>
+      </c>
+      <c r="C16" t="s">
+        <v>418</v>
+      </c>
+      <c r="D16" t="s">
+        <v>393</v>
+      </c>
+      <c r="E16" t="s">
+        <v>403</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>419</v>
+      </c>
+      <c r="H16" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>345</v>
+      </c>
+      <c r="B17" t="s">
+        <v>421</v>
+      </c>
+      <c r="C17" t="s">
+        <v>422</v>
+      </c>
+      <c r="D17" t="s">
+        <v>393</v>
+      </c>
+      <c r="E17" t="s">
+        <v>394</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>423</v>
+      </c>
+      <c r="H17" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>345</v>
+      </c>
+      <c r="B18" t="s">
+        <v>425</v>
+      </c>
+      <c r="C18" t="s">
+        <v>407</v>
+      </c>
+      <c r="D18" t="s">
+        <v>393</v>
+      </c>
+      <c r="E18" t="s">
+        <v>394</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>426</v>
+      </c>
+      <c r="H18" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>345</v>
+      </c>
+      <c r="B19" t="s">
+        <v>428</v>
+      </c>
+      <c r="C19" t="s">
+        <v>402</v>
+      </c>
+      <c r="D19" t="s">
+        <v>393</v>
+      </c>
+      <c r="E19" t="s">
+        <v>403</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>429</v>
+      </c>
+      <c r="H19" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>345</v>
+      </c>
+      <c r="B20" t="s">
+        <v>431</v>
+      </c>
+      <c r="C20" t="s">
+        <v>402</v>
+      </c>
+      <c r="D20" t="s">
+        <v>393</v>
+      </c>
+      <c r="E20" t="s">
+        <v>403</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>432</v>
+      </c>
+      <c r="H20" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>345</v>
+      </c>
+      <c r="B21" t="s">
+        <v>434</v>
+      </c>
+      <c r="C21" t="s">
+        <v>435</v>
+      </c>
+      <c r="D21" t="s">
+        <v>436</v>
+      </c>
+      <c r="E21" t="s">
+        <v>437</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>438</v>
+      </c>
+      <c r="H21" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>345</v>
+      </c>
+      <c r="B22" t="s">
+        <v>440</v>
+      </c>
+      <c r="C22" t="s">
+        <v>441</v>
+      </c>
+      <c r="D22" t="s">
+        <v>442</v>
+      </c>
+      <c r="E22" t="s">
+        <v>443</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>444</v>
+      </c>
+      <c r="H22" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>345</v>
+      </c>
+      <c r="B23" t="s">
+        <v>446</v>
+      </c>
+      <c r="C23" t="s">
+        <v>447</v>
+      </c>
+      <c r="D23" t="s">
+        <v>442</v>
+      </c>
+      <c r="E23" t="s">
+        <v>448</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>449</v>
+      </c>
+      <c r="H23" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>345</v>
+      </c>
+      <c r="B24" t="s">
+        <v>451</v>
+      </c>
+      <c r="C24" t="s">
+        <v>452</v>
+      </c>
+      <c r="D24" t="s">
+        <v>453</v>
+      </c>
+      <c r="E24" t="s">
+        <v>454</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>455</v>
+      </c>
+      <c r="H24" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>345</v>
+      </c>
+      <c r="B25" t="s">
+        <v>457</v>
+      </c>
+      <c r="C25" t="s">
+        <v>458</v>
+      </c>
+      <c r="D25" t="s">
+        <v>459</v>
+      </c>
+      <c r="E25" t="s">
+        <v>460</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>461</v>
+      </c>
+      <c r="H25" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>345</v>
+      </c>
+      <c r="B26" t="s">
+        <v>463</v>
+      </c>
+      <c r="C26" t="s">
+        <v>464</v>
+      </c>
+      <c r="D26" t="s">
+        <v>465</v>
+      </c>
+      <c r="E26" t="s">
+        <v>466</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>467</v>
+      </c>
+      <c r="H26" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>345</v>
+      </c>
+      <c r="B27" t="s">
+        <v>469</v>
+      </c>
+      <c r="C27" t="s">
+        <v>470</v>
+      </c>
+      <c r="D27" t="s">
+        <v>471</v>
+      </c>
+      <c r="E27" t="s">
+        <v>472</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>473</v>
+      </c>
+      <c r="H27" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>345</v>
+      </c>
+      <c r="B28" t="s">
+        <v>475</v>
+      </c>
+      <c r="C28" t="s">
+        <v>476</v>
+      </c>
+      <c r="D28" t="s">
+        <v>477</v>
+      </c>
+      <c r="E28" t="s">
+        <v>478</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>479</v>
+      </c>
+      <c r="H28" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>345</v>
+      </c>
+      <c r="B29" t="s">
+        <v>481</v>
+      </c>
+      <c r="C29" t="s">
+        <v>482</v>
+      </c>
+      <c r="D29" t="s">
+        <v>483</v>
+      </c>
+      <c r="E29" t="s">
+        <v>484</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>485</v>
+      </c>
+      <c r="H29" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>345</v>
+      </c>
+      <c r="B30" t="s">
+        <v>487</v>
+      </c>
+      <c r="C30" t="s">
+        <v>488</v>
+      </c>
+      <c r="D30" t="s">
+        <v>465</v>
+      </c>
+      <c r="E30" t="s">
+        <v>489</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>490</v>
+      </c>
+      <c r="H30" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>345</v>
+      </c>
+      <c r="B31" t="s">
+        <v>492</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>493</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>494</v>
+      </c>
+      <c r="H31" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>345</v>
+      </c>
+      <c r="B32" t="s">
+        <v>496</v>
+      </c>
+      <c r="C32" t="s">
+        <v>497</v>
+      </c>
+      <c r="D32" t="s">
+        <v>498</v>
+      </c>
+      <c r="E32" t="s">
+        <v>499</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>500</v>
+      </c>
+      <c r="H32" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>345</v>
+      </c>
+      <c r="B33" t="s">
+        <v>502</v>
+      </c>
+      <c r="C33" t="s">
+        <v>503</v>
+      </c>
+      <c r="D33" t="s">
+        <v>504</v>
+      </c>
+      <c r="E33" t="s">
+        <v>505</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>506</v>
+      </c>
+      <c r="H33" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>345</v>
+      </c>
+      <c r="B34" t="s">
+        <v>508</v>
+      </c>
+      <c r="C34" t="s">
+        <v>509</v>
+      </c>
+      <c r="D34" t="s">
+        <v>510</v>
+      </c>
+      <c r="E34" t="s">
+        <v>511</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>512</v>
+      </c>
+      <c r="H34" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>345</v>
+      </c>
+      <c r="B35" t="s">
+        <v>514</v>
+      </c>
+      <c r="C35" t="s">
+        <v>515</v>
+      </c>
+      <c r="D35" t="s">
+        <v>516</v>
+      </c>
+      <c r="E35" t="s">
+        <v>516</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>517</v>
+      </c>
+      <c r="H35" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>345</v>
+      </c>
+      <c r="B36" t="s">
+        <v>519</v>
+      </c>
+      <c r="C36" t="s">
+        <v>520</v>
+      </c>
+      <c r="D36" t="s">
+        <v>521</v>
+      </c>
+      <c r="E36" t="s">
+        <v>522</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>523</v>
+      </c>
+      <c r="H36" t="s">
+        <v>524</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>525</v>
+      </c>
+      <c r="B2" t="s">
+        <v>526</v>
+      </c>
+      <c r="C2" t="s">
+        <v>527</v>
+      </c>
+      <c r="D2" t="s">
+        <v>528</v>
+      </c>
+      <c r="E2" t="s">
+        <v>529</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>530</v>
+      </c>
+      <c r="H2" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>525</v>
+      </c>
+      <c r="B3" t="s">
+        <v>532</v>
+      </c>
+      <c r="C3" t="s">
+        <v>533</v>
+      </c>
+      <c r="D3" t="s">
+        <v>534</v>
+      </c>
+      <c r="E3" t="s">
+        <v>535</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>536</v>
+      </c>
+      <c r="H3" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>525</v>
+      </c>
+      <c r="B4" t="s">
+        <v>538</v>
+      </c>
+      <c r="C4" t="s">
+        <v>539</v>
+      </c>
+      <c r="D4" t="s">
+        <v>540</v>
+      </c>
+      <c r="E4" t="s">
+        <v>541</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>542</v>
+      </c>
+      <c r="H4" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>525</v>
+      </c>
+      <c r="B5" t="s">
+        <v>544</v>
+      </c>
+      <c r="C5" t="s">
+        <v>545</v>
+      </c>
+      <c r="D5" t="s">
+        <v>546</v>
+      </c>
+      <c r="E5" t="s">
+        <v>547</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>548</v>
+      </c>
+      <c r="H5" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>525</v>
+      </c>
+      <c r="B6" t="s">
+        <v>550</v>
+      </c>
+      <c r="C6" t="s">
+        <v>551</v>
+      </c>
+      <c r="D6" t="s">
+        <v>436</v>
+      </c>
+      <c r="E6" t="s">
+        <v>552</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>553</v>
+      </c>
+      <c r="H6" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>525</v>
+      </c>
+      <c r="B7" t="s">
+        <v>555</v>
+      </c>
+      <c r="C7" t="s">
+        <v>556</v>
+      </c>
+      <c r="D7" t="s">
+        <v>557</v>
+      </c>
+      <c r="E7" t="s">
+        <v>558</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>559</v>
+      </c>
+      <c r="H7" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>525</v>
+      </c>
+      <c r="B8" t="s">
+        <v>561</v>
+      </c>
+      <c r="C8" t="s">
+        <v>562</v>
+      </c>
+      <c r="D8" t="s">
+        <v>563</v>
+      </c>
+      <c r="E8" t="s">
+        <v>564</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>565</v>
+      </c>
+      <c r="H8" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>525</v>
+      </c>
+      <c r="B9" t="s">
+        <v>567</v>
+      </c>
+      <c r="C9" t="s">
+        <v>568</v>
+      </c>
+      <c r="D9" t="s">
+        <v>569</v>
+      </c>
+      <c r="E9" t="s">
+        <v>570</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>571</v>
+      </c>
+      <c r="H9" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>525</v>
+      </c>
+      <c r="B10" t="s">
+        <v>573</v>
+      </c>
+      <c r="C10" t="s">
+        <v>574</v>
+      </c>
+      <c r="D10" t="s">
+        <v>575</v>
+      </c>
+      <c r="E10" t="s">
+        <v>576</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>577</v>
+      </c>
+      <c r="H10" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>525</v>
+      </c>
+      <c r="B11" t="s">
+        <v>579</v>
+      </c>
+      <c r="C11" t="s">
+        <v>580</v>
+      </c>
+      <c r="D11" t="s">
+        <v>581</v>
+      </c>
+      <c r="E11" t="s">
+        <v>582</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>583</v>
+      </c>
+      <c r="H11" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>525</v>
+      </c>
+      <c r="B12" t="s">
+        <v>585</v>
+      </c>
+      <c r="C12" t="s">
+        <v>586</v>
+      </c>
+      <c r="D12" t="s">
+        <v>587</v>
+      </c>
+      <c r="E12" t="s">
+        <v>588</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>589</v>
+      </c>
+      <c r="H12" t="s">
+        <v>590</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>592</v>
+      </c>
+      <c r="B2" t="s">
+        <v>593</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>594</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>595</v>
+      </c>
+      <c r="H2" t="s">
+        <v>596</v>
+      </c>
+      <c r="I2" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>592</v>
+      </c>
+      <c r="B3" t="s">
+        <v>598</v>
+      </c>
+      <c r="C3" t="s">
+        <v>599</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>600</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>601</v>
+      </c>
+      <c r="H3" t="s">
+        <v>602</v>
+      </c>
+      <c r="I3" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>592</v>
+      </c>
+      <c r="B4" t="s">
+        <v>604</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>605</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>606</v>
+      </c>
+      <c r="H4" t="s">
+        <v>607</v>
+      </c>
+      <c r="I4" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>592</v>
+      </c>
+      <c r="B5" t="s">
+        <v>608</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>609</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>610</v>
+      </c>
+      <c r="H5" t="s">
+        <v>611</v>
+      </c>
+      <c r="I5" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>592</v>
+      </c>
+      <c r="B6" t="s">
+        <v>612</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>613</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>614</v>
+      </c>
+      <c r="H6" t="s">
+        <v>615</v>
+      </c>
+      <c r="I6" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>592</v>
+      </c>
+      <c r="B7" t="s">
+        <v>616</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>617</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>618</v>
+      </c>
+      <c r="H7" t="s">
+        <v>619</v>
+      </c>
+      <c r="I7" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>592</v>
+      </c>
+      <c r="B8" t="s">
+        <v>620</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>621</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>622</v>
+      </c>
+      <c r="H8" t="s">
+        <v>623</v>
+      </c>
+      <c r="I8" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>592</v>
+      </c>
+      <c r="B9" t="s">
+        <v>624</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>625</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>626</v>
+      </c>
+      <c r="H9" t="s">
+        <v>627</v>
+      </c>
+      <c r="I9" t="s">
+        <v>597</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>628</v>
+      </c>
+      <c r="B2" t="s">
+        <v>629</v>
+      </c>
+      <c r="C2" t="s">
+        <v>630</v>
+      </c>
+      <c r="D2" t="s">
+        <v>631</v>
+      </c>
+      <c r="E2" t="s">
+        <v>529</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>632</v>
+      </c>
+      <c r="H2" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>628</v>
+      </c>
+      <c r="B3" t="s">
+        <v>634</v>
+      </c>
+      <c r="C3" t="s">
+        <v>635</v>
+      </c>
+      <c r="D3" t="s">
+        <v>636</v>
+      </c>
+      <c r="E3" t="s">
+        <v>535</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>637</v>
+      </c>
+      <c r="H3" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>628</v>
+      </c>
+      <c r="B4" t="s">
+        <v>639</v>
+      </c>
+      <c r="C4" t="s">
+        <v>640</v>
+      </c>
+      <c r="D4" t="s">
+        <v>641</v>
+      </c>
+      <c r="E4" t="s">
+        <v>642</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>643</v>
+      </c>
+      <c r="H4" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>628</v>
+      </c>
+      <c r="B5" t="s">
+        <v>645</v>
+      </c>
+      <c r="C5" t="s">
+        <v>646</v>
+      </c>
+      <c r="D5" t="s">
+        <v>647</v>
+      </c>
+      <c r="E5" t="s">
+        <v>648</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>649</v>
+      </c>
+      <c r="H5" t="s">
+        <v>650</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>651</v>
+      </c>
+      <c r="B2" t="s">
+        <v>652</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>653</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>654</v>
+      </c>
+      <c r="H2" t="s">
+        <v>655</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>656</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>658</v>
+      </c>
+      <c r="B2" t="s">
+        <v>659</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>660</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>661</v>
+      </c>
+      <c r="H2" t="s">
+        <v>662</v>
+      </c>
+      <c r="I2" t="s">
+        <v>663</v>
+      </c>
+      <c r="J2" t="s">
+        <v>167</v>
+      </c>
+      <c r="K2" t="s">
+        <v>664</v>
+      </c>
+      <c r="L2" t="s">
+        <v>665</v>
+      </c>
+      <c r="M2" t="s">
+        <v>666</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>