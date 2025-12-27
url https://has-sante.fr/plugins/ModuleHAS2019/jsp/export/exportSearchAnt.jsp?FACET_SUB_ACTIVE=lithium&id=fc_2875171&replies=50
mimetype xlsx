--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -11,76 +11,76 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
     <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1107" uniqueCount="672">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1115" uniqueCount="677">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -737,50 +737,386 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1291640/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france-volet-analyse-des-possibilites-de-developpement-de-la-transplantation-renale-en-france</t>
   </si>
   <si>
     <t>c_1291640</t>
   </si>
   <si>
     <t>Principes de dépistage du diabète de type 2</t>
   </si>
   <si>
     <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
   </si>
   <si>
     <t>01/02/2003 00:00:00</t>
   </si>
   <si>
     <t>01/02/2003 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
   </si>
   <si>
     <t>c_464100</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>ALD n° 23 - Troubles dépressifs récurrents ou persistants chez l’adulte</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_767572/fr/ald-n-23-troubles-depressifs-recurrents-ou-persistants-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_767572</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
+  </si>
+  <si>
+    <t>p_3374425</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Aniridie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'Aniridie. Il a été élaboré par le Centre de référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>10/04/2019 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963463/fr/aniridie</t>
+  </si>
+  <si>
+    <t>c_2963463</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+  </si>
+  <si>
+    <t>c_534689</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
   </si>
   <si>
     <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
   </si>
   <si>
     <t>12/06/2025 00:00:00</t>
   </si>
   <si>
     <t>04/07/2025 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
   </si>
   <si>
     <t>p_3342082</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
@@ -812,53 +1148,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
   </si>
   <si>
     <t>p_3562501</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
   </si>
   <si>
     <t>p_3562508</t>
   </si>
   <si>
     <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
   </si>
   <si>
     <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
   </si>
   <si>
-    <t>08/02/2024 00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>23/06/2022 11:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
   </si>
   <si>
     <t>p_3346001</t>
   </si>
   <si>
     <t>Prise en charge des dysthyroïdies chez l’adulte</t>
   </si>
   <si>
     <t>En France, les dysfonctionnements de la thyroïde toucheraient environ 2 % de la population. La HAS publie un socle complet de recommandations sur la prise en charge des hypothyroïdies et hyperthyroïdies. Elle y décrit pour chacune les étapes du diagnostic, les examens biologiques à réaliser, les stratégies thérapeutiques ainsi que leur suivi.</t>
   </si>
   <si>
     <t>15/12/2022 00:00:00</t>
   </si>
   <si>
     <t>14/03/2023 10:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3216305/fr/prise-en-charge-des-dysthyroidies-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3216305</t>
@@ -1278,368 +1611,50 @@
     <t>01/03/2001 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_271905/fr/modalites-de-l-accompagnement-du-sujet-alcoolodependant-apres-un-sevrage</t>
   </si>
   <si>
     <t>c_271905</t>
   </si>
   <si>
     <t>La crise suicidaire : reconnaître et prendre en charge</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est d'améliorer le repérage de la crise suicidaire et l'organisation de la prise en charge afin de prévenir le suicide.</t>
   </si>
   <si>
     <t>22/11/2000 00:00:00</t>
   </si>
   <si>
     <t>01/10/2000 12:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_271964/fr/la-crise-suicidaire-reconnaitre-et-prendre-en-charge</t>
   </si>
   <si>
     <t>c_271964</t>
-  </si>
-[...316 lines deleted...]
-    <t>c_534689</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Prise en charge implanto-prothétique</t>
   </si>
   <si>
     <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
   </si>
   <si>
     <t>17/10/2024 00:00:00</t>
   </si>
   <si>
     <t>06/11/2024 10:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
     <t>Actes relatifs à l’exploration biologique des dysthyroïdies de l’adulte</t>
   </si>
@@ -3206,98 +3221,98 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="B2" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="C2" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="H2" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="B3" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="H3" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3382,2472 +3397,2498 @@
       </c>
       <c r="D4" t="s">
         <v>229</v>
       </c>
       <c r="E4" t="s">
         <v>230</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>231</v>
       </c>
       <c r="H4" t="s">
         <v>232</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>233</v>
+      </c>
+      <c r="B2" t="s">
+        <v>234</v>
+      </c>
+      <c r="C2" t="s">
+        <v>235</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>236</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>237</v>
+      </c>
+      <c r="H2" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>233</v>
+      </c>
+      <c r="B3" t="s">
+        <v>239</v>
+      </c>
+      <c r="C3" t="s">
+        <v>240</v>
+      </c>
+      <c r="D3" t="s">
+        <v>241</v>
+      </c>
+      <c r="E3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>243</v>
+      </c>
+      <c r="H3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>233</v>
+      </c>
+      <c r="B4" t="s">
+        <v>245</v>
+      </c>
+      <c r="C4" t="s">
+        <v>246</v>
+      </c>
+      <c r="D4" t="s">
+        <v>247</v>
+      </c>
+      <c r="E4" t="s">
+        <v>248</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>249</v>
+      </c>
+      <c r="H4" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>233</v>
+      </c>
+      <c r="B5" t="s">
+        <v>251</v>
+      </c>
+      <c r="C5" t="s">
+        <v>252</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>253</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>254</v>
+      </c>
+      <c r="H5" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>233</v>
+      </c>
+      <c r="B6" t="s">
+        <v>256</v>
+      </c>
+      <c r="C6" t="s">
+        <v>257</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>258</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>259</v>
+      </c>
+      <c r="H6" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>233</v>
+      </c>
+      <c r="B7" t="s">
+        <v>261</v>
+      </c>
+      <c r="C7" t="s">
+        <v>262</v>
+      </c>
+      <c r="D7" t="s">
+        <v>263</v>
+      </c>
+      <c r="E7" t="s">
+        <v>264</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>265</v>
+      </c>
+      <c r="H7" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>233</v>
+      </c>
+      <c r="B8" t="s">
+        <v>267</v>
+      </c>
+      <c r="C8" t="s">
+        <v>268</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>269</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>270</v>
+      </c>
+      <c r="H8" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>233</v>
+      </c>
+      <c r="B9" t="s">
+        <v>272</v>
+      </c>
+      <c r="C9" t="s">
+        <v>273</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>274</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>275</v>
+      </c>
+      <c r="H9" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>233</v>
+      </c>
+      <c r="B10" t="s">
+        <v>277</v>
+      </c>
+      <c r="C10" t="s">
+        <v>278</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>279</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>280</v>
+      </c>
+      <c r="H10" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>233</v>
+      </c>
+      <c r="B11" t="s">
+        <v>282</v>
+      </c>
+      <c r="C11" t="s">
+        <v>283</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>279</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>284</v>
+      </c>
+      <c r="H11" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>233</v>
+      </c>
+      <c r="B12" t="s">
+        <v>286</v>
+      </c>
+      <c r="C12" t="s">
+        <v>287</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>279</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>288</v>
+      </c>
+      <c r="H12" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>233</v>
+      </c>
+      <c r="B13" t="s">
+        <v>290</v>
+      </c>
+      <c r="C13" t="s">
+        <v>291</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>292</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>293</v>
+      </c>
+      <c r="H13" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>233</v>
+      </c>
+      <c r="B14" t="s">
+        <v>295</v>
+      </c>
+      <c r="C14" t="s">
+        <v>296</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>297</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>298</v>
+      </c>
+      <c r="H14" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>233</v>
+      </c>
+      <c r="B15" t="s">
+        <v>300</v>
+      </c>
+      <c r="C15" t="s">
+        <v>301</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>302</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>303</v>
+      </c>
+      <c r="H15" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>233</v>
+      </c>
+      <c r="B16" t="s">
+        <v>305</v>
+      </c>
+      <c r="C16" t="s">
+        <v>306</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>302</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>307</v>
+      </c>
+      <c r="H16" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>233</v>
+      </c>
+      <c r="B17" t="s">
+        <v>309</v>
+      </c>
+      <c r="C17" t="s">
+        <v>310</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>311</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>312</v>
+      </c>
+      <c r="H17" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>233</v>
+      </c>
+      <c r="B18" t="s">
+        <v>314</v>
+      </c>
+      <c r="C18" t="s">
+        <v>315</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>316</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>317</v>
+      </c>
+      <c r="H18" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>233</v>
+      </c>
+      <c r="B19" t="s">
+        <v>319</v>
+      </c>
+      <c r="C19" t="s">
+        <v>320</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>321</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>322</v>
+      </c>
+      <c r="H19" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>233</v>
+      </c>
+      <c r="B20" t="s">
+        <v>324</v>
+      </c>
+      <c r="C20" t="s">
+        <v>325</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>326</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>327</v>
+      </c>
+      <c r="H20" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>233</v>
+      </c>
+      <c r="B21" t="s">
+        <v>329</v>
+      </c>
+      <c r="C21" t="s">
+        <v>330</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>331</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>332</v>
+      </c>
+      <c r="H21" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>233</v>
+      </c>
+      <c r="B22" t="s">
+        <v>334</v>
+      </c>
+      <c r="C22" t="s">
+        <v>335</v>
+      </c>
+      <c r="D22" t="s">
+        <v>336</v>
+      </c>
+      <c r="E22" t="s">
+        <v>337</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>338</v>
+      </c>
+      <c r="H22" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>233</v>
+      </c>
+      <c r="B23" t="s">
+        <v>340</v>
+      </c>
+      <c r="C23" t="s">
+        <v>240</v>
+      </c>
+      <c r="D23" t="s">
+        <v>341</v>
+      </c>
+      <c r="E23" t="s">
+        <v>342</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>343</v>
+      </c>
+      <c r="H23" t="s">
+        <v>344</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B2" t="s">
-        <v>234</v>
+        <v>346</v>
       </c>
       <c r="C2" t="s">
-        <v>235</v>
+        <v>347</v>
       </c>
       <c r="D2" t="s">
-        <v>236</v>
+        <v>348</v>
       </c>
       <c r="E2" t="s">
-        <v>237</v>
+        <v>349</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="H2" t="s">
-        <v>239</v>
+        <v>351</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B3" t="s">
-        <v>240</v>
+        <v>352</v>
       </c>
       <c r="C3" t="s">
-        <v>241</v>
+        <v>353</v>
       </c>
       <c r="D3" t="s">
-        <v>242</v>
+        <v>354</v>
       </c>
       <c r="E3" t="s">
-        <v>243</v>
+        <v>355</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>244</v>
+        <v>356</v>
       </c>
       <c r="H3" t="s">
-        <v>245</v>
+        <v>357</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B4" t="s">
-        <v>246</v>
+        <v>358</v>
       </c>
       <c r="C4" t="s">
-        <v>247</v>
+        <v>359</v>
       </c>
       <c r="D4" t="s">
-        <v>248</v>
+        <v>360</v>
       </c>
       <c r="E4" t="s">
-        <v>249</v>
+        <v>361</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>250</v>
+        <v>362</v>
       </c>
       <c r="H4" t="s">
-        <v>251</v>
+        <v>363</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B5" t="s">
-        <v>252</v>
+        <v>364</v>
       </c>
       <c r="C5" t="s">
-        <v>253</v>
+        <v>365</v>
       </c>
       <c r="D5" t="s">
-        <v>248</v>
+        <v>360</v>
       </c>
       <c r="E5" t="s">
-        <v>249</v>
+        <v>361</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>254</v>
+        <v>366</v>
       </c>
       <c r="H5" t="s">
-        <v>255</v>
+        <v>367</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B6" t="s">
-        <v>256</v>
+        <v>368</v>
       </c>
       <c r="C6" t="s">
-        <v>257</v>
+        <v>369</v>
       </c>
       <c r="D6" t="s">
-        <v>258</v>
+        <v>247</v>
       </c>
       <c r="E6" t="s">
-        <v>259</v>
+        <v>370</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>260</v>
+        <v>371</v>
       </c>
       <c r="H6" t="s">
-        <v>261</v>
+        <v>372</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B7" t="s">
-        <v>262</v>
+        <v>373</v>
       </c>
       <c r="C7" t="s">
-        <v>263</v>
+        <v>374</v>
       </c>
       <c r="D7" t="s">
-        <v>264</v>
+        <v>375</v>
       </c>
       <c r="E7" t="s">
-        <v>265</v>
+        <v>376</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>266</v>
+        <v>377</v>
       </c>
       <c r="H7" t="s">
-        <v>267</v>
+        <v>378</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B8" t="s">
-        <v>268</v>
+        <v>379</v>
       </c>
       <c r="C8" t="s">
-        <v>269</v>
+        <v>380</v>
       </c>
       <c r="D8" t="s">
-        <v>270</v>
+        <v>381</v>
       </c>
       <c r="E8" t="s">
-        <v>271</v>
+        <v>382</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>272</v>
+        <v>383</v>
       </c>
       <c r="H8" t="s">
-        <v>273</v>
+        <v>384</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B9" t="s">
-        <v>274</v>
+        <v>385</v>
       </c>
       <c r="C9" t="s">
-        <v>275</v>
+        <v>386</v>
       </c>
       <c r="D9" t="s">
-        <v>276</v>
+        <v>387</v>
       </c>
       <c r="E9" t="s">
-        <v>277</v>
+        <v>388</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>278</v>
+        <v>389</v>
       </c>
       <c r="H9" t="s">
-        <v>279</v>
+        <v>390</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B10" t="s">
-        <v>280</v>
+        <v>391</v>
       </c>
       <c r="C10" t="s">
-        <v>281</v>
+        <v>392</v>
       </c>
       <c r="D10" t="s">
-        <v>282</v>
+        <v>393</v>
       </c>
       <c r="E10" t="s">
-        <v>283</v>
+        <v>394</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>284</v>
+        <v>395</v>
       </c>
       <c r="H10" t="s">
-        <v>285</v>
+        <v>396</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B11" t="s">
-        <v>286</v>
+        <v>397</v>
       </c>
       <c r="C11" t="s">
-        <v>287</v>
+        <v>398</v>
       </c>
       <c r="D11" t="s">
-        <v>282</v>
+        <v>393</v>
       </c>
       <c r="E11" t="s">
-        <v>283</v>
+        <v>394</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>288</v>
+        <v>399</v>
       </c>
       <c r="H11" t="s">
-        <v>289</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B12" t="s">
-        <v>290</v>
+        <v>401</v>
       </c>
       <c r="C12" t="s">
-        <v>291</v>
+        <v>402</v>
       </c>
       <c r="D12" t="s">
-        <v>282</v>
+        <v>393</v>
       </c>
       <c r="E12" t="s">
-        <v>292</v>
+        <v>403</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>293</v>
+        <v>404</v>
       </c>
       <c r="H12" t="s">
-        <v>294</v>
+        <v>405</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B13" t="s">
-        <v>295</v>
+        <v>406</v>
       </c>
       <c r="C13" t="s">
-        <v>296</v>
+        <v>407</v>
       </c>
       <c r="D13" t="s">
-        <v>282</v>
+        <v>393</v>
       </c>
       <c r="E13" t="s">
-        <v>292</v>
+        <v>403</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>297</v>
+        <v>408</v>
       </c>
       <c r="H13" t="s">
-        <v>298</v>
+        <v>409</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B14" t="s">
-        <v>299</v>
+        <v>410</v>
       </c>
       <c r="C14" t="s">
-        <v>296</v>
+        <v>407</v>
       </c>
       <c r="D14" t="s">
-        <v>282</v>
+        <v>393</v>
       </c>
       <c r="E14" t="s">
-        <v>283</v>
+        <v>394</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>300</v>
+        <v>411</v>
       </c>
       <c r="H14" t="s">
-        <v>301</v>
+        <v>412</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B15" t="s">
-        <v>302</v>
+        <v>413</v>
       </c>
       <c r="C15" t="s">
-        <v>303</v>
+        <v>414</v>
       </c>
       <c r="D15" t="s">
-        <v>282</v>
+        <v>393</v>
       </c>
       <c r="E15" t="s">
-        <v>292</v>
+        <v>403</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>304</v>
+        <v>415</v>
       </c>
       <c r="H15" t="s">
-        <v>305</v>
+        <v>416</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B16" t="s">
-        <v>306</v>
+        <v>417</v>
       </c>
       <c r="C16" t="s">
-        <v>307</v>
+        <v>418</v>
       </c>
       <c r="D16" t="s">
-        <v>282</v>
+        <v>393</v>
       </c>
       <c r="E16" t="s">
-        <v>292</v>
+        <v>403</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>308</v>
+        <v>419</v>
       </c>
       <c r="H16" t="s">
-        <v>309</v>
+        <v>420</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B17" t="s">
-        <v>310</v>
+        <v>421</v>
       </c>
       <c r="C17" t="s">
-        <v>311</v>
+        <v>422</v>
       </c>
       <c r="D17" t="s">
-        <v>282</v>
+        <v>393</v>
       </c>
       <c r="E17" t="s">
-        <v>283</v>
+        <v>394</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>312</v>
+        <v>423</v>
       </c>
       <c r="H17" t="s">
-        <v>313</v>
+        <v>424</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B18" t="s">
-        <v>314</v>
+        <v>425</v>
       </c>
       <c r="C18" t="s">
-        <v>296</v>
+        <v>407</v>
       </c>
       <c r="D18" t="s">
-        <v>282</v>
+        <v>393</v>
       </c>
       <c r="E18" t="s">
-        <v>283</v>
+        <v>394</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>315</v>
+        <v>426</v>
       </c>
       <c r="H18" t="s">
-        <v>316</v>
+        <v>427</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B19" t="s">
-        <v>317</v>
+        <v>428</v>
       </c>
       <c r="C19" t="s">
-        <v>291</v>
+        <v>402</v>
       </c>
       <c r="D19" t="s">
-        <v>282</v>
+        <v>393</v>
       </c>
       <c r="E19" t="s">
-        <v>292</v>
+        <v>403</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>318</v>
+        <v>429</v>
       </c>
       <c r="H19" t="s">
-        <v>319</v>
+        <v>430</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B20" t="s">
-        <v>320</v>
+        <v>431</v>
       </c>
       <c r="C20" t="s">
-        <v>291</v>
+        <v>402</v>
       </c>
       <c r="D20" t="s">
-        <v>282</v>
+        <v>393</v>
       </c>
       <c r="E20" t="s">
-        <v>292</v>
+        <v>403</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>321</v>
+        <v>432</v>
       </c>
       <c r="H20" t="s">
-        <v>322</v>
+        <v>433</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B21" t="s">
-        <v>323</v>
+        <v>434</v>
       </c>
       <c r="C21" t="s">
-        <v>324</v>
+        <v>435</v>
       </c>
       <c r="D21" t="s">
-        <v>325</v>
+        <v>436</v>
       </c>
       <c r="E21" t="s">
-        <v>326</v>
+        <v>437</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>327</v>
+        <v>438</v>
       </c>
       <c r="H21" t="s">
-        <v>328</v>
+        <v>439</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B22" t="s">
-        <v>329</v>
+        <v>440</v>
       </c>
       <c r="C22" t="s">
-        <v>330</v>
+        <v>441</v>
       </c>
       <c r="D22" t="s">
-        <v>331</v>
+        <v>442</v>
       </c>
       <c r="E22" t="s">
-        <v>332</v>
+        <v>443</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>333</v>
+        <v>444</v>
       </c>
       <c r="H22" t="s">
-        <v>334</v>
+        <v>445</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B23" t="s">
-        <v>335</v>
+        <v>446</v>
       </c>
       <c r="C23" t="s">
-        <v>336</v>
+        <v>447</v>
       </c>
       <c r="D23" t="s">
-        <v>331</v>
+        <v>442</v>
       </c>
       <c r="E23" t="s">
-        <v>337</v>
+        <v>448</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>338</v>
+        <v>449</v>
       </c>
       <c r="H23" t="s">
-        <v>339</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B24" t="s">
-        <v>340</v>
+        <v>451</v>
       </c>
       <c r="C24" t="s">
-        <v>341</v>
+        <v>452</v>
       </c>
       <c r="D24" t="s">
-        <v>342</v>
+        <v>453</v>
       </c>
       <c r="E24" t="s">
-        <v>343</v>
+        <v>454</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>344</v>
+        <v>455</v>
       </c>
       <c r="H24" t="s">
-        <v>345</v>
+        <v>456</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B25" t="s">
-        <v>346</v>
+        <v>457</v>
       </c>
       <c r="C25" t="s">
-        <v>347</v>
+        <v>458</v>
       </c>
       <c r="D25" t="s">
-        <v>348</v>
+        <v>459</v>
       </c>
       <c r="E25" t="s">
-        <v>349</v>
+        <v>460</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>350</v>
+        <v>461</v>
       </c>
       <c r="H25" t="s">
-        <v>351</v>
+        <v>462</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B26" t="s">
-        <v>352</v>
+        <v>463</v>
       </c>
       <c r="C26" t="s">
-        <v>353</v>
+        <v>464</v>
       </c>
       <c r="D26" t="s">
-        <v>354</v>
+        <v>465</v>
       </c>
       <c r="E26" t="s">
-        <v>355</v>
+        <v>466</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>356</v>
+        <v>467</v>
       </c>
       <c r="H26" t="s">
-        <v>357</v>
+        <v>468</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B27" t="s">
-        <v>358</v>
+        <v>469</v>
       </c>
       <c r="C27" t="s">
-        <v>359</v>
+        <v>470</v>
       </c>
       <c r="D27" t="s">
-        <v>360</v>
+        <v>471</v>
       </c>
       <c r="E27" t="s">
-        <v>361</v>
+        <v>472</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>362</v>
+        <v>473</v>
       </c>
       <c r="H27" t="s">
-        <v>363</v>
+        <v>474</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B28" t="s">
-        <v>364</v>
+        <v>475</v>
       </c>
       <c r="C28" t="s">
-        <v>365</v>
+        <v>476</v>
       </c>
       <c r="D28" t="s">
-        <v>366</v>
+        <v>477</v>
       </c>
       <c r="E28" t="s">
-        <v>367</v>
+        <v>478</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>368</v>
+        <v>479</v>
       </c>
       <c r="H28" t="s">
-        <v>369</v>
+        <v>480</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B29" t="s">
-        <v>370</v>
+        <v>481</v>
       </c>
       <c r="C29" t="s">
-        <v>371</v>
+        <v>482</v>
       </c>
       <c r="D29" t="s">
-        <v>372</v>
+        <v>483</v>
       </c>
       <c r="E29" t="s">
-        <v>373</v>
+        <v>484</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>374</v>
+        <v>485</v>
       </c>
       <c r="H29" t="s">
-        <v>375</v>
+        <v>486</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B30" t="s">
-        <v>376</v>
+        <v>487</v>
       </c>
       <c r="C30" t="s">
-        <v>377</v>
+        <v>488</v>
       </c>
       <c r="D30" t="s">
-        <v>354</v>
+        <v>465</v>
       </c>
       <c r="E30" t="s">
-        <v>378</v>
+        <v>489</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>379</v>
+        <v>490</v>
       </c>
       <c r="H30" t="s">
-        <v>380</v>
+        <v>491</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B31" t="s">
-        <v>381</v>
+        <v>492</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>382</v>
+        <v>493</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>383</v>
+        <v>494</v>
       </c>
       <c r="H31" t="s">
-        <v>384</v>
+        <v>495</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B32" t="s">
-        <v>385</v>
+        <v>496</v>
       </c>
       <c r="C32" t="s">
-        <v>386</v>
+        <v>497</v>
       </c>
       <c r="D32" t="s">
-        <v>387</v>
+        <v>498</v>
       </c>
       <c r="E32" t="s">
-        <v>388</v>
+        <v>499</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>389</v>
+        <v>500</v>
       </c>
       <c r="H32" t="s">
-        <v>390</v>
+        <v>501</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B33" t="s">
-        <v>391</v>
+        <v>502</v>
       </c>
       <c r="C33" t="s">
-        <v>392</v>
+        <v>503</v>
       </c>
       <c r="D33" t="s">
-        <v>393</v>
+        <v>504</v>
       </c>
       <c r="E33" t="s">
-        <v>394</v>
+        <v>505</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>395</v>
+        <v>506</v>
       </c>
       <c r="H33" t="s">
-        <v>396</v>
+        <v>507</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B34" t="s">
-        <v>397</v>
+        <v>508</v>
       </c>
       <c r="C34" t="s">
-        <v>398</v>
+        <v>509</v>
       </c>
       <c r="D34" t="s">
-        <v>399</v>
+        <v>510</v>
       </c>
       <c r="E34" t="s">
-        <v>400</v>
+        <v>511</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>401</v>
+        <v>512</v>
       </c>
       <c r="H34" t="s">
-        <v>402</v>
+        <v>513</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B35" t="s">
-        <v>403</v>
+        <v>514</v>
       </c>
       <c r="C35" t="s">
-        <v>404</v>
+        <v>515</v>
       </c>
       <c r="D35" t="s">
-        <v>405</v>
+        <v>516</v>
       </c>
       <c r="E35" t="s">
-        <v>405</v>
+        <v>516</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>406</v>
+        <v>517</v>
       </c>
       <c r="H35" t="s">
-        <v>407</v>
+        <v>518</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>233</v>
+        <v>345</v>
       </c>
       <c r="B36" t="s">
-        <v>408</v>
+        <v>519</v>
       </c>
       <c r="C36" t="s">
-        <v>409</v>
+        <v>520</v>
       </c>
       <c r="D36" t="s">
-        <v>410</v>
+        <v>521</v>
       </c>
       <c r="E36" t="s">
-        <v>411</v>
+        <v>522</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>412</v>
+        <v>523</v>
       </c>
       <c r="H36" t="s">
-        <v>413</v>
-[...585 lines deleted...]
-        <v>519</v>
+        <v>524</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B2" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="C2" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="D2" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="E2" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="H2" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B3" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="C3" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="D3" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="E3" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="H3" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B4" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="C4" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="D4" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="E4" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="H4" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B5" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="C5" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="D5" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="E5" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="H5" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B6" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="C6" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="D6" t="s">
-        <v>325</v>
+        <v>436</v>
       </c>
       <c r="E6" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="H6" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B7" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="C7" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="D7" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="E7" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="H7" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B8" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="C8" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="D8" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="E8" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="H8" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B9" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="C9" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="D9" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="E9" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="H9" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B10" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="C10" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="D10" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="E10" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="H10" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B11" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="C11" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="D11" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="E11" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="H11" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="B12" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="C12" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="D12" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="E12" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="H12" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B2" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="H2" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="I2" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B3" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="C3" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="H3" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="I3" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B4" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="H4" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="I4" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B5" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="H5" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="I5" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B6" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="H6" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="I6" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B7" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="H7" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="I7" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B8" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="H8" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="I8" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="B9" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="H9" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="I9" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="B2" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="C2" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="D2" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="E2" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="H2" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="B3" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="C3" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="D3" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="E3" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="H3" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="B4" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="C4" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="D4" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="E4" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="H4" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="B5" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="C5" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="D5" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="E5" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="H5" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="B2" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="H2" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="B2" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="H2" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="I2" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="J2" t="s">
         <v>167</v>
       </c>
       <c r="K2" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="L2" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="M2" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>