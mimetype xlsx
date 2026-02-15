--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,5894 +1,694 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1115" uniqueCount="677">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>MICRO INR LINK</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>20/05/2025 00:00:00</t>
-[...707 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
-[...275 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+  </si>
+  <si>
+    <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...464 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Modalités d'arrêt des benzodiazépines et médicaments apparentés chez le patient âgé</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Actes relatifs à l’exploration biologique des dysthyroïdies de l’adulte</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire pour analyse de génétique somatique des cancers</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080503/fr/actes-de-preparation-qualification-et-selection-d-un-echantillon-tissulaire-ou-cellulaire-pour-analyse-de-genetique-somatique-des-cancers</t>
+    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysisThe objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysis</t>
+  </si>
+  <si>
+    <t>12/18/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/27/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3080503</t>
   </si>
   <si>
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>07/09/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Alternative(s) à la scintigraphie préopératoire lors du bilan de localisation des glandes parathyroïdes hypersécrétantes dans l’hypothèse d’une pénurie complète en technétium-99m</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2011763/fr/alternative-s-a-la-scintigraphie-preoperatoire-lors-du-bilan-de-localisation-des-glandes-parathyroides-hypersecretantes-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
+    <t>Alternative(s) to 99mTc-sestamibi preoperative scintigraphy for the localization of hypersecreting parathyroid glands in the event of complete shortage of 99mTechnetium (99mTc) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Due to several periods of shortage of 99m-Technetium (Tc-99m) supply- a radioactive element needed to perform preoperative Tc-99m-sestamibi scintigraphy in certain cases of hyperparathyroidism (HPT)- the Directorate General for Health (DGS) asked HAS to determine if, in the event of complete shortage of Tc-99m, one (or more) test(s) could replace it without risk to patients. The objective of this assessment is therefore not to call the reference strategy into question. Following laboratory confirmation of HPT, the preoperative first-line strategy provides for the combination of cervical ultrasonography (US) and 99mTc scintigraphy… Currently, 99mTc scintigraphy in addition to US is used to: • confirm the nature of a suspicious lesion seen on US; • detect a eutopic or ectopic abnormal parathyroid gland not seen on US. The imaging test(s) for the preoperative assessment are requested by the surgeon or endocrinologist, who always work together in collaboration, particularly with the nuclear medicine and radiology team</t>
+  </si>
+  <si>
+    <t>04/24/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/24/2015 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011763/en/alternative-s-to-99mtc-sestamibi-preoperative-scintigraphy-for-the-localization-of-hypersecreting-parathyroid-glands-in-the-event-of-complete-shortage-of-99mtechnetium-99mtc-inahta-brief</t>
   </si>
   <si>
     <t>c_2011763</t>
   </si>
   <si>
-    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
-[...5 lines deleted...]
-    <t>13/11/2013 00:00:00</t>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
+    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>14/12/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
+    <t>12/14/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/28/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
   </si>
   <si>
     <t>c_1169049</t>
-  </si>
-[...292 lines deleted...]
-    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J33"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...16 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>40</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="H6" t="s">
         <v>41</v>
-      </c>
-[...16 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
         <v>47</v>
-      </c>
-[...22 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="D8" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="E8" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="H8" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="H9" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>67</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>73</v>
-[...5 lines deleted...]
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D11" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="E11" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="H11" t="s">
-        <v>79</v>
-[...5 lines deleted...]
-        <v>80</v>
+        <v>70</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>71</v>
       </c>
       <c r="C12" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="D12" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="E12" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="H12" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
-        <v>88</v>
+        <v>77</v>
       </c>
       <c r="C13" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="D13" t="s">
-        <v>90</v>
+        <v>79</v>
       </c>
       <c r="E13" t="s">
-        <v>91</v>
+        <v>80</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>92</v>
+        <v>81</v>
       </c>
       <c r="H13" t="s">
-        <v>93</v>
-[...737 lines deleted...]
-        <v>676</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...2579 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>