--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -1,298 +1,1357 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="136">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>08/26/2025 17:14:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CARDIOMEMS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
+    <t>27/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2021 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267496/fr/cardiomems</t>
+  </si>
+  <si>
+    <t>p_3267496</t>
+  </si>
+  <si>
+    <t>Capteur de pression artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Méthodes d’évaluation du risque cardio-vasculaire global</t>
+  </si>
+  <si>
+    <t>Le risque cardiovasculaire global est estimé soit par la sommation des facteurs de risque, (considérés comme présents ou absents et ayant un poids identique), soit par une modélisation statistique prenant en compte la valeur réelle de chacun d’eux. Ce rapport définit les limites respectives des méthodes d’estimation du risque cardio-vasculaire global et discute les bénéfices à attendre de l’utilisation des modèles de risque dans la pratique quotidienne en 2004.</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
+  </si>
+  <si>
+    <t>r_1497591</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Syndrome de Myhre</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Myhre (SMy). Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689386/fr/syndrome-de-myhre</t>
+  </si>
+  <si>
+    <t>p_3689386</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
   </si>
   <si>
     <t>c_534673</t>
   </si>
   <si>
-    <t>Symptomatic chronic systolic heart failure</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Amylose AA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amylose AA. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/06/2020 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187210/fr/amylose-aa</t>
+  </si>
+  <si>
+    <t>p_3187210</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...17 lines deleted...]
-    <t>r_1497591</t>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2017.0068/AC/SEM du 12 juillet 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité NOYADA (captopril)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité NOYADA (captopril), validées par l’ANSM, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes :# # – Indication n°1 : « L’hypertension artérielle de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°2 : « L’insuffisance cardiaque de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°3 : « L’infarctus du myocarde des adultes qui n’ont pas de troubles de la déglutition :#  Traitement de courte durée (4 semaines) : NOYADA est indiqué dans les 24 premières heures chez les patients en situation hémodynamique stable.#  Prévention à long terme de l'insuffisance cardiaque symptomatique : NOYADA est indiqué chez les patients cliniquement stables avec dysfonction ventriculaire gauche asymptomatique (fraction d'éjection ≤ à 40 %) ».# Pour les indications n°1 et n°3, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.# Pour l’indication n°2, la Haute Autorité de santé n’a pas identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# L’indication n°4 : « Néphropathie diabétique du diabète de type I : NOYADA est indiqué dans le traitement de la néphropathie diabétique macroprotéinurique du diabète insulinodépendant », validée par l’ANSM, est identique à celle définie dans l’autorisation temporaire d’utilisation de cohorte de la spécialité NOYADA.# Par conséquent, cette indication n’entre pas dans le cadre du 2° du I de l’article L. 162-16-5-2 du code de la sécurité sociale qui concerne uniquement les indications mentionnées dans l’autorisation de mise sur le marché et n’ayant pas fait l’objet d’une autorisation temporaire d’utilisation. Il n’y a donc pas lieu d’identifier, pour cette spécialité, des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>21/06/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>18/07/2017 16:22:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786174/fr/avis-n-2017-0068/ac/sem-du-12-juillet-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-noyada-captopril</t>
+  </si>
+  <si>
+    <t>c_2786174</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0095/AC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité ENTRESTO (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Dans les indications validées par le CHMP qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation décrites au paragraphe 02 de l’annexe du présent avis, la HAS a identifié des thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>04/11/2015 14:30:00</t>
+  </si>
+  <si>
+    <t>07/12/2015 17:57:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579309/fr/avis-n-2015-0095/ac/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-entresto-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2579309</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>26</v>
       </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>55</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>56</v>
+      </c>
+      <c r="H7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>60</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>66</v>
+      </c>
+      <c r="H9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>70</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>71</v>
+      </c>
+      <c r="H10" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>77</v>
+      </c>
+      <c r="H11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>84</v>
+      </c>
+      <c r="H2" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D3" t="s">
+        <v>82</v>
+      </c>
+      <c r="E3" t="s">
+        <v>88</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>89</v>
+      </c>
+      <c r="H3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>79</v>
+      </c>
+      <c r="B4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C4" t="s">
+        <v>92</v>
+      </c>
+      <c r="D4" t="s">
+        <v>93</v>
+      </c>
+      <c r="E4" t="s">
+        <v>94</v>
+      </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>95</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>96</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D5" t="s">
+        <v>99</v>
+      </c>
+      <c r="E5" t="s">
+        <v>100</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>101</v>
+      </c>
+      <c r="H5" t="s">
+        <v>102</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B2" t="s">
+        <v>104</v>
+      </c>
+      <c r="C2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D2" t="s">
+        <v>106</v>
+      </c>
+      <c r="E2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>108</v>
+      </c>
+      <c r="H2" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B3" t="s">
+        <v>110</v>
+      </c>
+      <c r="C3" t="s">
+        <v>111</v>
+      </c>
+      <c r="D3" t="s">
+        <v>112</v>
+      </c>
+      <c r="E3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>114</v>
+      </c>
+      <c r="H3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>116</v>
+      </c>
+      <c r="B2" t="s">
+        <v>117</v>
+      </c>
+      <c r="C2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D2" t="s">
+        <v>119</v>
+      </c>
+      <c r="E2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>121</v>
+      </c>
+      <c r="H2" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>116</v>
+      </c>
+      <c r="B3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C3" t="s">
+        <v>124</v>
+      </c>
+      <c r="D3" t="s">
+        <v>125</v>
+      </c>
+      <c r="E3" t="s">
+        <v>126</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>127</v>
+      </c>
+      <c r="H3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D2" t="s">
+        <v>132</v>
+      </c>
+      <c r="E2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>134</v>
+      </c>
+      <c r="H2" t="s">
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>