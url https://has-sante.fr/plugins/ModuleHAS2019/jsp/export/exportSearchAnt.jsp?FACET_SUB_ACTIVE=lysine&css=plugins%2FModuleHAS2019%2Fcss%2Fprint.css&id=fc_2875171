--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,247 +1,988 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="479" uniqueCount="286">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
+  </si>
+  <si>
+    <t>01/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1069254</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Syndrome neurodéveloppemental lié à SETD5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/09/2025 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
+  </si>
+  <si>
+    <t>p_3643716</t>
+  </si>
+  <si>
+    <t>Le syndrome de Stickler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Stickler. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3579060/fr/le-syndrome-de-stickler</t>
+  </si>
+  <si>
+    <t>p_3579060</t>
+  </si>
+  <si>
+    <t>Le syndrome Axenfeld-Rieger</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un syndrome d’Axenfeld-Rieger. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/12/2023 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3476903/fr/le-syndrome-axenfeld-rieger</t>
+  </si>
+  <si>
+    <t>p_3476903</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Syndrome de Wiedemann-Steiner (WSS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de WSS. Il a été élaboré par le Centre de Référence Maladies Rares « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389747/fr/syndrome-de-wiedemann-steiner-wss</t>
+  </si>
+  <si>
+    <t>p_3389747</t>
+  </si>
+  <si>
+    <t>Syndrome Post-Poliomyélitique et effet du vieillissement chez les personnes atteintes de séquelles de Poliomyélite Antérieure Aiguë</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome post-polio (SPP) ou de complications liées au vieillissement chez un patient porteur de séquelles de PAA. Il a été élaboré par le Centre de référence pour les maladies neuromusculaires et la SLA de Marseille à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/08/2022 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351803/fr/syndrome-post-poliomyelitique-et-effet-du-vieillissement-chez-les-personnes-atteintes-de-sequelles-de-poliomyelite-anterieure-aigue</t>
+  </si>
+  <si>
+    <t>p_3351803</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Arthrogryposes multiples congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrogrypose multiple congénitale. Il a été élaboré par le Centre de référence Anomalies du développement embryonnaire et Syndromes Malformatifs et Maladies neuromusculaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292837/fr/arthrogryposes-multiples-congenitales</t>
+  </si>
+  <si>
+    <t>p_3292837</t>
+  </si>
+  <si>
+    <t>ALD n° 3 - Artériopathie oblitérante des membres inférieurs</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>07/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534760/fr/ald-n-3-arteriopathie-obliterante-des-membres-inferieurs</t>
+  </si>
+  <si>
+    <t>c_534760</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Acidurie glutarique type 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Acidurie glutarique type 1. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2021 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262535/fr/acidurie-glutarique-type-1</t>
+  </si>
+  <si>
+    <t>p_3262535</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>ALD n°17 - Mucopolysaccharidose de type I</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2007 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_569717/fr/ald-n17-mucopolysaccharidose-de-type-i</t>
+  </si>
+  <si>
+    <t>c_569717</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation définit la dénutrition ainsi que les critères permettant de la diagnostiquer chez l’enfant et l’adulte de -70 ans. Elle permet d'améliorer le diagnostic de la dénutrition à l’aide d’outils adaptés.</t>
+  </si>
+  <si>
+    <t>13/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118872/fr/diagnostic-de-la-denutrition-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3118872</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Prise en charge de l’herpès cutanéo-muqueux chez le sujet immunocompétent (manifestations oculaires exclues)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelle est l'histoire naturelle de l'infection à HSV ? Quelles sont les particularités cliniques et évolutives de certaines localisations ? (herpès oro-facial, cutané localisé, cutané diffus, syndrome de Kaposi-Juliusberg, éryhtème polymorphe, herpès génital, néonatal, infection herpétique chez la femme enceinte) Quelles sont la signification et les limites des moyens diagnostiques ? Quelles sont les modalités des traitements locaux et généraux, médicamenteux ou non ? (herpès oro-facial, génital, néonatal, de la femme enceinte, formes particulières) Quelles sont les perspectives pour le diagnostic, le traitement et la prévention de l'infection à HSV ?</t>
+  </si>
+  <si>
+    <t>03/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272087/fr/prise-en-charge-de-l-herpes-cutaneo-muqueux-chez-le-sujet-immunocompetent-manifestations-oculaires-exclues</t>
+  </si>
+  <si>
+    <t>c_272087</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Définition des conditions de réalisation des tests de détection des mutations activatrices de l’EGFR et des mutations BRAF, NRAS, et KRAS</t>
+  </si>
+  <si>
+    <t>L'évaluation de la HAS vise à préciser la population cible et les conditions de réalisation des quatre tests de détection des mutations activatrices du gène codant pour le domaine tyrosine kinase du récepteur EGFR (EGFR-TK) et des mutations des gènes BRAF, NRAS, et KRAS, en vue de permettre leur hiérarchisation et la mise en œuvre de la procédure de leur inscription sur la liste des actes et prestations.</t>
+  </si>
+  <si>
+    <t>09/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 09:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194755/fr/definition-des-conditions-de-realisation-des-tests-de-detection-des-mutations-activatrices-de-l-egfr-et-des-mutations-braf-nras-et-kras</t>
+  </si>
+  <si>
+    <t>p_3194755</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 mars 2025</t>
+  </si>
+  <si>
+    <t>20/03/2025 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598140/fr/commission-de-la-transparence-reunion-du-26-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3598140</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 mars 2017</t>
+  </si>
+  <si>
+    <t>01/03/2017 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748196/fr/commission-de-la-transparence-reunion-du-8-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2748196</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 avril 2015</t>
+  </si>
+  <si>
+    <t>09/04/2015 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025601/fr/commission-de-la-transparence-reunion-du-15-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2025601</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 octobre 2013</t>
+  </si>
+  <si>
+    <t>02/10/2013 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649658/fr/commission-de-la-transparence-reunion-du-2-octobre-2013</t>
+  </si>
+  <si>
+    <t>c_1649658</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 février 2012</t>
+  </si>
+  <si>
+    <t>15/02/2012 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216128/fr/commission-de-la-transparence-reunion-du-15-fevrier-2012</t>
+  </si>
+  <si>
+    <t>c_1216128</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 novembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité PLENAXIS par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>16/11/2011 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1120092/fr/commission-de-la-transparence-reunion-du-16-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1120092</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0099/DC/SEM du 10 avril 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité  SELADELPAR  GILEAD (séladelpar)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité SELADELPAR GILEAD (séladelpar) dans l'indication « Traitement de la cholangite biliaire primitive (CBP) en association avec l’acide ursodésoxycholique (AUDC) chez les adultes présentant une réponse inadéquate à l’AUDC seul, ou en monothérapie chez les patients qui ne tolèrent pas l’AUDC ».</t>
+  </si>
+  <si>
+    <t>10/04/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>17/04/2025 16:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601967/fr/decision-n2025-0099/dc/sem-du-10-avril-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-seladelpar-gilead-seladelpar</t>
+  </si>
+  <si>
+    <t>p_3601967</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant aux maladies rares Vascularites  (ALD 21)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 4 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour les maladies rares Vascularites (ALD 21) : * Acide acetylsalicylique / acetylsalicylate de lysine * Chlormadinone * Methotrexate * Mycophenolate mofetil</t>
+  </si>
+  <si>
+    <t>16/12/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>19/12/2011 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1015717/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-aux-maladies-rares-vascularites-ald-21</t>
+  </si>
+  <si>
+    <t>c_1015717</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>CAYSTON (aztréonam lysine/ lysine (aztréonam de))</t>
   </si>
   <si>
-    <t>05/02/2018 16:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983323/en/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
+    <t>02/05/2018 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983323/fr/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
   </si>
   <si>
     <t>pprd_2983323</t>
   </si>
   <si>
     <t>aztréonam lysine,lysine (aztréonam de)</t>
   </si>
   <si>
     <t>GILEAD SCIENCES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1221610/en/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2844537/en/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1221610/fr/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701812/fr/cayston-aztreonam-beta-lactamine-par-voie-inhalee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844537/fr/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>AMIPED (arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (a...)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984415/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984415</t>
+  </si>
+  <si>
+    <t>arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (acide), glycine, leucine, acétyltyrosine,,lysine monohydratée, acétylcystéine, proline, taurine, acide glutamique, thréonine, valine, histidine, méthionine, isoleucine</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558850/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>AMINOPLASMAL (arginine/ phénylalanine/ alanine/ tryptophane L/ sérine/ aspartique (a...)</t>
+  </si>
+  <si>
+    <t>15/06/2015 17:40:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984519/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984519</t>
+  </si>
+  <si>
+    <t>arginine,phénylalanine,alanine,tryptophane L,sérine,aspartique (acide),glycine,leucine,tyrosine,lysine monohydratée,acétylcystéine,proline,acide glutamique,thréonine,valine,histidine,méthionine,isoleucine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038283/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>CODEGIC (acétylsalicylate de DL lysine/ phosphate de codéine hémihydraté)</t>
+  </si>
+  <si>
+    <t>04/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985985/fr/codegic-acetylsalicylate-de-dl-lysine/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985985</t>
+  </si>
+  <si>
+    <t>acétylsalicylate de DL lysine,phosphate de codéine hémihydraté</t>
+  </si>
+  <si>
+    <t>SANOFI-SYNTHELABO France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399613/fr/codegic-acetylsalicylate-de-dl-lysine/-phosphate-de-codeine-hemihydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -255,265 +996,1638 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>67</v>
+      </c>
+      <c r="H9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>71</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>72</v>
+      </c>
+      <c r="H10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>77</v>
+      </c>
+      <c r="H11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" t="s">
+        <v>79</v>
+      </c>
+      <c r="C12" t="s">
+        <v>80</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>82</v>
+      </c>
+      <c r="H12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>88</v>
+      </c>
+      <c r="H13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>91</v>
+      </c>
+      <c r="D14" t="s">
+        <v>92</v>
+      </c>
+      <c r="E14" t="s">
+        <v>93</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>94</v>
+      </c>
+      <c r="H14" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>98</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>99</v>
+      </c>
+      <c r="H15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16" t="s">
+        <v>101</v>
+      </c>
+      <c r="C16" t="s">
+        <v>102</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>103</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>104</v>
+      </c>
+      <c r="H16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>28</v>
+      </c>
+      <c r="B17" t="s">
+        <v>106</v>
+      </c>
+      <c r="C17" t="s">
+        <v>107</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>108</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>109</v>
+      </c>
+      <c r="H17" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>28</v>
+      </c>
+      <c r="B18" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>112</v>
+      </c>
+      <c r="E18" t="s">
+        <v>113</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>114</v>
+      </c>
+      <c r="H18" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>28</v>
+      </c>
+      <c r="B19" t="s">
+        <v>116</v>
+      </c>
+      <c r="C19" t="s">
+        <v>117</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>118</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>119</v>
+      </c>
+      <c r="H19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" t="s">
+        <v>121</v>
+      </c>
+      <c r="C20" t="s">
+        <v>122</v>
+      </c>
+      <c r="D20" t="s">
+        <v>123</v>
+      </c>
+      <c r="E20" t="s">
+        <v>124</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>125</v>
+      </c>
+      <c r="H20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>127</v>
+      </c>
+      <c r="B2" t="s">
+        <v>128</v>
+      </c>
+      <c r="C2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>132</v>
+      </c>
+      <c r="H2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>127</v>
+      </c>
+      <c r="B3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C3" t="s">
+        <v>135</v>
+      </c>
+      <c r="D3" t="s">
+        <v>136</v>
+      </c>
+      <c r="E3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>138</v>
+      </c>
+      <c r="H3" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>127</v>
+      </c>
+      <c r="B4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C4" t="s">
+        <v>141</v>
+      </c>
+      <c r="D4" t="s">
+        <v>142</v>
+      </c>
+      <c r="E4" t="s">
+        <v>143</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>144</v>
+      </c>
+      <c r="H4" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>127</v>
+      </c>
+      <c r="B5" t="s">
+        <v>146</v>
+      </c>
+      <c r="C5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D5" t="s">
+        <v>148</v>
+      </c>
+      <c r="E5" t="s">
+        <v>149</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>150</v>
+      </c>
+      <c r="H5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>127</v>
+      </c>
+      <c r="B6" t="s">
+        <v>152</v>
+      </c>
+      <c r="C6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E6" t="s">
+        <v>155</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>156</v>
+      </c>
+      <c r="H6" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>127</v>
+      </c>
+      <c r="B7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C7" t="s">
+        <v>159</v>
+      </c>
+      <c r="D7" t="s">
+        <v>160</v>
+      </c>
+      <c r="E7" t="s">
+        <v>161</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>162</v>
+      </c>
+      <c r="H7" t="s">
+        <v>163</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>164</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>165</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>166</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>167</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>168</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>170</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="C2" t="s">
-        <v>25</v>
+        <v>172</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>173</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>174</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>175</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>176</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>170</v>
+      </c>
+      <c r="B3" t="s">
+        <v>177</v>
+      </c>
+      <c r="C3" t="s">
+        <v>178</v>
+      </c>
+      <c r="D3" t="s">
+        <v>179</v>
+      </c>
+      <c r="E3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>181</v>
+      </c>
+      <c r="H3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>170</v>
+      </c>
+      <c r="B4" t="s">
+        <v>183</v>
+      </c>
+      <c r="C4" t="s">
+        <v>184</v>
+      </c>
+      <c r="D4" t="s">
+        <v>185</v>
+      </c>
+      <c r="E4" t="s">
+        <v>186</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>187</v>
+      </c>
+      <c r="H4" t="s">
+        <v>188</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>189</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>190</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>191</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>192</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>193</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
+        <v>194</v>
       </c>
       <c r="I2" t="s">
-        <v>38</v>
+        <v>195</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B3" t="s">
+        <v>196</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>197</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>198</v>
+      </c>
+      <c r="H3" t="s">
+        <v>199</v>
+      </c>
+      <c r="I3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>190</v>
+      </c>
+      <c r="B4" t="s">
+        <v>200</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>201</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>202</v>
+      </c>
+      <c r="H4" t="s">
+        <v>203</v>
+      </c>
+      <c r="I4" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>190</v>
+      </c>
+      <c r="B5" t="s">
+        <v>204</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>205</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>206</v>
+      </c>
+      <c r="H5" t="s">
+        <v>207</v>
+      </c>
+      <c r="I5" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B6" t="s">
+        <v>208</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>209</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>210</v>
+      </c>
+      <c r="H6" t="s">
+        <v>211</v>
+      </c>
+      <c r="I6" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>190</v>
+      </c>
+      <c r="B7" t="s">
+        <v>212</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>213</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>214</v>
+      </c>
+      <c r="H7" t="s">
+        <v>215</v>
+      </c>
+      <c r="I7" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>190</v>
+      </c>
+      <c r="B8" t="s">
+        <v>216</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>217</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>218</v>
+      </c>
+      <c r="H8" t="s">
+        <v>219</v>
+      </c>
+      <c r="I8" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>190</v>
+      </c>
+      <c r="B9" t="s">
+        <v>220</v>
+      </c>
+      <c r="C9" t="s">
+        <v>221</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>222</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>223</v>
+      </c>
+      <c r="H9" t="s">
+        <v>224</v>
+      </c>
+      <c r="I9" t="s">
+        <v>195</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>225</v>
+      </c>
+      <c r="B2" t="s">
+        <v>226</v>
+      </c>
+      <c r="C2" t="s">
+        <v>227</v>
+      </c>
+      <c r="D2" t="s">
+        <v>228</v>
+      </c>
+      <c r="E2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>230</v>
+      </c>
+      <c r="H2" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C3" t="s">
+        <v>233</v>
+      </c>
+      <c r="D3" t="s">
+        <v>234</v>
+      </c>
+      <c r="E3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>236</v>
+      </c>
+      <c r="H3" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>225</v>
+      </c>
+      <c r="B4" t="s">
+        <v>238</v>
+      </c>
+      <c r="C4" t="s">
+        <v>239</v>
+      </c>
+      <c r="D4" t="s">
+        <v>240</v>
+      </c>
+      <c r="E4" t="s">
+        <v>241</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>242</v>
+      </c>
+      <c r="H4" t="s">
+        <v>243</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>244</v>
+      </c>
+      <c r="J1" t="s">
+        <v>245</v>
+      </c>
+      <c r="K1" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>247</v>
+      </c>
+      <c r="B2" t="s">
+        <v>248</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>249</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>250</v>
+      </c>
+      <c r="H2" t="s">
+        <v>251</v>
+      </c>
+      <c r="I2" t="s">
+        <v>252</v>
       </c>
       <c r="J2" t="s">
-        <v>39</v>
+        <v>253</v>
       </c>
       <c r="K2" t="s">
-        <v>40</v>
+        <v>254</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>255</v>
       </c>
       <c r="M2" t="s">
-        <v>42</v>
+        <v>256</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>247</v>
+      </c>
+      <c r="B3" t="s">
+        <v>257</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>258</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>259</v>
+      </c>
+      <c r="H3" t="s">
+        <v>260</v>
+      </c>
+      <c r="I3" t="s">
+        <v>261</v>
+      </c>
+      <c r="J3" t="s">
+        <v>262</v>
+      </c>
+      <c r="K3" t="s">
+        <v>263</v>
+      </c>
+      <c r="L3" t="s">
+        <v>264</v>
+      </c>
+      <c r="M3" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>247</v>
+      </c>
+      <c r="B4" t="s">
+        <v>266</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>267</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>268</v>
+      </c>
+      <c r="H4" t="s">
+        <v>269</v>
+      </c>
+      <c r="I4" t="s">
+        <v>270</v>
+      </c>
+      <c r="J4" t="s">
+        <v>271</v>
+      </c>
+      <c r="K4" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>247</v>
+      </c>
+      <c r="B5" t="s">
+        <v>273</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>274</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>275</v>
+      </c>
+      <c r="H5" t="s">
+        <v>276</v>
+      </c>
+      <c r="I5" t="s">
+        <v>277</v>
+      </c>
+      <c r="J5" t="s">
+        <v>271</v>
+      </c>
+      <c r="K5" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>247</v>
+      </c>
+      <c r="B6" t="s">
+        <v>279</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>280</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>281</v>
+      </c>
+      <c r="H6" t="s">
+        <v>282</v>
+      </c>
+      <c r="I6" t="s">
+        <v>283</v>
+      </c>
+      <c r="J6" t="s">
+        <v>284</v>
+      </c>
+      <c r="K6" t="s">
+        <v>285</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>