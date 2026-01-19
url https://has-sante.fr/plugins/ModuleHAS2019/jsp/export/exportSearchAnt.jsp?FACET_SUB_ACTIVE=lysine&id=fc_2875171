--- v0 (2025-10-18)
+++ v1 (2026-01-19)
@@ -1,958 +1,247 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="463" uniqueCount="276">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="43">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>13/02/2024 13:45:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
-[...353 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Prise en charge de l’herpès cutanéo-muqueux chez le sujet immunocompétent (manifestations oculaires exclues)</t>
-[...104 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...173 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>CAYSTON (aztréonam lysine/ lysine (aztréonam de))</t>
   </si>
   <si>
-    <t>02/05/2018 16:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983323/fr/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
+    <t>05/02/2018 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983323/en/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
   </si>
   <si>
     <t>pprd_2983323</t>
   </si>
   <si>
     <t>aztréonam lysine,lysine (aztréonam de)</t>
   </si>
   <si>
     <t>GILEAD SCIENCES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1221610/fr/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
-[...92 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399613/fr/codegic-acetylsalicylate-de-dl-lysine/-phosphate-de-codeine-hemihydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_1221610/en/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701812/en/cayston-aztreonam-beta-lactamine-par-voie-inhalee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844537/en/cayston-aztreonam-lysine/-lysine-aztreonam-de</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -966,1586 +255,265 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...50 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...676 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>154</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>155</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>156</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>157</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>158</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>159</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>160</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>161</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
-        <v>162</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>163</v>
+        <v>26</v>
       </c>
       <c r="E2" t="s">
-        <v>164</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>165</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>166</v>
-[...51 lines deleted...]
-        <v>178</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I9"/>
+  <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>179</v>
+        <v>30</v>
+      </c>
+      <c r="J1" t="s">
+        <v>31</v>
+      </c>
+      <c r="K1" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>180</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>181</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>182</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>183</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>184</v>
+        <v>37</v>
       </c>
       <c r="I2" t="s">
-        <v>185</v>
-[...398 lines deleted...]
-        <v>242</v>
+        <v>38</v>
       </c>
       <c r="J2" t="s">
-        <v>243</v>
+        <v>39</v>
       </c>
       <c r="K2" t="s">
-        <v>244</v>
+        <v>40</v>
       </c>
       <c r="L2" t="s">
-        <v>245</v>
+        <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>246</v>
-[...145 lines deleted...]
-        <v>275</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>